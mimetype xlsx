--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -54,1640 +54,1640 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>In</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>VALDECI ALVES DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_01.21_valdeci_-_faixa_elevada_em_frente_ao_bar_do_cido.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_01.21_valdeci_-_faixa_elevada_em_frente_ao_bar_do_cido.docx</t>
   </si>
   <si>
     <t>À construção de faixas elevadas para travessia de pedestre, placas, horizontal e vertical, na Avenida Melvin Jones, Bar do Cido Nº 1348.  Na Vila a Fraternidade.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PAULO HENRIQUE NEVES DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_02-21_paulo_henrique_-_estacionamento_eletropaulo_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_02-21_paulo_henrique_-_estacionamento_eletropaulo_-_2021.docx</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE ESTACIONAMENTO TIPO “ESPINHA DE PEIXE” NA AVENIDA MELVIN JONES, ENTRE OS NÚMEROS 634 A 876.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/123/indicacao_03.21__paulo_henrique_-_redutor__de_velocidade_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/123/indicacao_03.21__paulo_henrique_-_redutor__de_velocidade_-_2021.docx</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO E READEQUAÇÃO DE REDUTORES DE VELOCIDADES NA RUA PRESIDENTE TANCREDO NEVES, LOCALIZADA NO MUNICÍPIO DE TERRA BOA.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_04.21__paulo_henrique_-_chacara_de_lazer-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_04.21__paulo_henrique_-_chacara_de_lazer-_2021.docx</t>
   </si>
   <si>
     <t>Estudar a viabilidade de proposta legislativa que altera e complementa o Plano Diretor, as Leis Complementares 001/2011, 003/2011 e 005/2011, a fim de estabelecer as áreas urbanas especiais, ou Zona Periurbana e, regulamentar o parcelamento do solo para formação de Condomínios de Chácaras de Recreio/Lazer.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>APARECIDO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_05.21_aparecido_pequeno__-_faixa_elevada_em_frente_ao_bar_rodeio_-2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_05.21_aparecido_pequeno__-_faixa_elevada_em_frente_ao_bar_rodeio_-2021.docx</t>
   </si>
   <si>
     <t>A CONSTRUÇÃO DE ESTACIONAMENTOS PARA CARROS E MOTOS NO CANTEIRO CENTRAL DA AVENIDA MELVIN JONES ALTURA DO Nº 1.956 BAR RODEIO, NA CIDADE DE TERRA BOA/PR.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_06.21_valdeci_-_parque_infantil_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_06.21_valdeci_-_parque_infantil_-_2021.docx</t>
   </si>
   <si>
     <t>Que seja instalado um "Parque Infantil" no RESIDENCIAL TERRA  BOA.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_07.21_paulo_henrique_-_chacara_de_lazer-_2021_correta.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_07.21_paulo_henrique_-_chacara_de_lazer-_2021_correta.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade de proposta legislativa que altera e complemente o Plano Diretor Municipal e as Leis Complementares Municipais 001/2011, 003/2011 e 005/2011, a fim de estabelecer as áreas urbanas especiais, ou Zona Periurbana e regulamentar o parcelamento do solo para formação de Condomínios de Chácaras de Recreio/Lazer.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_08.21_aparecido_da_silva_-_criacao_estacionamento_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_08.21_aparecido_da_silva_-_criacao_estacionamento_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da construção de estacionamento para carros e motos no canteiro central da Av. Melvin Jones, nas proximidades do nº 1.956, Bar Rodeio, na cidade de Terra Boa/PR.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/129/indicacao_09.21_valdeci_alves_de_souza_-_criacao_parque_infantil_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/129/indicacao_09.21_valdeci_alves_de_souza_-_criacao_parque_infantil_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da criação de Parque Infantil no Residencial Terra Boa.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ARGEMIRO GARCIA JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_10.21_argemiro_-mudanca_sentido_transito_jardim_n.s.apa__-_2021.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_10.21_argemiro_-mudanca_sentido_transito_jardim_n.s.apa__-_2021.pdf</t>
   </si>
   <si>
     <t>A realização de estudos técnicos para a regulamentação de sentido único das Ruas Olímpio Martarello, Japurá e Bandeirantes, do Jardim Nossa Senhora Aparecida do Município de Terra Boa.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>FABIANO MACEDO CARDOSO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_11.21_fabio_-_redutor_velocidade_e_iluminacao_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_11.21_fabio_-_redutor_velocidade_e_iluminacao_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da Instalação de Iluminação Pública, bem como de redutores de velocidade na Estrada Cristalina (Estrada Jussara), Município de Terra Boa – PR.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_12.21_fabio_-_ponto_onibus_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_12.21_fabio_-_ponto_onibus_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de pontos de ônibus no Jardim Europa, Jardim Califórnia, Jardim Sena, Residencial Pinheiro e Residencial Bagatin, todos do Município de Terra Boa - PR.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade de proposta legislativa para criar a Lei de incentivo ao IPTU VERDE, no âmbito do Município de Terra Boa – PR.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_14.21_paulo_henrique_-_isencao_iptu_cancer_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_14.21_paulo_henrique_-_isencao_iptu_cancer_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade de proposta legislativa sobre a isenção do Imposto sobre a Propriedade Predial e Territorial Urbana - IPTU para a pessoa portadora de câncer.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_15.21_paulo_henrique_-_sentido_unico_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_15.21_paulo_henrique_-_sentido_unico_-_2021.docx</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO MUNICIPAL ESTUDE A VIABILIDADE DE IMPLANTAR SENTIDO ÚNICO POR TODA A EXTENSÃO DA RUA VALE DO SOL, LOCALIZADA NO JARDIM VALE VERDE DO MUNICÍPIO DE TERRA BOA, BEM COMO A MELHORIA DA SINALIZAÇÃO VIÁRIA E A INSTALAÇÃO DE REDUTORES DE VELOCIDADES.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>WILSON WANDERLEI ESPOSTO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_18.21_wilson_-_iluminacao_publica_led_-_2021_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_18.21_wilson_-_iluminacao_publica_led_-_2021_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da Instalação de Iluminação Pública com lâmpadas Led no Município de Terra Boa e Distrito de Malu.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>SERGIO RICARDO COLONELLO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_19.21___sergio_-_iluminacao_natalina_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_19.21___sergio_-_iluminacao_natalina_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da solicitação proposta pela Associação Comercial e Industrial de Terra Boa – ASCITERRA, referente a destinação de recursos para a iluminação e enfeites natalinos.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_20.21___aparecido_e_valdeci_-ponto_de_onibus_com_abrigo_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_20.21___aparecido_e_valdeci_-ponto_de_onibus_com_abrigo_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da construção de 01 Ponto de Ônibus com abrigo no Residencial Nova Aliança.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Que o poder executivo municipal estude a viabilidade de firmar convênio ou outro instrumento legal visando:_x000D_
 a aquisição de calcário e outros insumos para as vilas rurais e pequenos produtores rurais e incentivo a insiminação artificial em _x000D_
 rebanhos bovino para pequenos produtor agropecuário</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_22.21___aparecido_pequeno_abrigo_mercado_sao_jose_rua_monica_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_22.21___aparecido_pequeno_abrigo_mercado_sao_jose_rua_monica_-_2021.docx</t>
   </si>
   <si>
     <t>A construção de abrigo no ponto de ônibus na Rua Mônica, localizada na proximidade do Mercado São José, no perímetro urbano do município de Terra Boa.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_23-21__sergio_estacionamento_avenida_brasil_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_23-21__sergio_estacionamento_avenida_brasil_-_2021.docx</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE ESTACIONAMENTO TIPO “ESPINHA DE PEIXE” NA AVENIDA BRASIL, ENTRE OS NÚMEROS 878 A 934.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_24.21___wilson_-_gratificacao_saude_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_24.21___wilson_-_gratificacao_saude_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade de proposta legislativa instituindo gratificação temporária por local, destinada ao enfrentamento da pandemia decorrente da COVID-19 (coronavírus).</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_25.21___sergio_-__profissionais_educacao__vacina_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_25.21___sergio_-__profissionais_educacao__vacina_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade que os professores e funcionários dos estabelecimentos públicos e privados da educação básica sejam contemplados com a vacinação de forma concomitante com os idosos entre 60 (sessenta) e 69 (sessenta e nove) anos de idade.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_26.21___sergio_-museu_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_26.21___sergio_-museu_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade da criação do Museu Municipal de Terra Boa como medida de incentivo ao turismo e a cultura da região.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_27.21_sergio_colonello_-_auxilio_-_beneficios_ficais_proprietarios_de_lanchonete_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_27.21_sergio_colonello_-_auxilio_-_beneficios_ficais_proprietarios_de_lanchonete_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade de proposta legislativa instituindo auxílio e/ou benefícios fiscais aos proprietários de lanchonetes do município de Terra Boa.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_28.21_-_wilson__-_pavimentacao_asfaltica_rua_terra_boa_em_toda_extensao_e_rua_parana_frente_campo_de_futebol_malu_0-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_28.21_-_wilson__-_pavimentacao_asfaltica_rua_terra_boa_em_toda_extensao_e_rua_parana_frente_campo_de_futebol_malu_0-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da pavimentação asfáltica na Rua Terra Boa, em toda sua extensão, e também na Rua Paraná, em frente ao Campo de Futebol, no Distrito de Malu</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_29.21___valdeci_e_aparecido_-_criacao_parquel_infantil_e_ati__-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_29.21___valdeci_e_aparecido_-_criacao_parquel_infantil_e_ati__-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de academia para terceira idade (ATI) e a construção de parque infantil no Residencial Nova Aliança, na quadra nº04, com área de 927,84 mts.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_30.21___paulo_henrique_-_melhorias_proximo_ao_cemiterio__restoque_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_30.21___paulo_henrique_-_melhorias_proximo_ao_cemiterio__restoque_-_2021.docx</t>
   </si>
   <si>
     <t>Que estude a viabilidade de realizar melhorias na esquina das Ruas Jaime Montovani com a Rua Mandaguari, próximo ao Cemitério Municipal e a nova Capela Mortuária.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_31.21-_paulo_henrique_-_passarela_centro_de_eventos_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_31.21-_paulo_henrique_-_passarela_centro_de_eventos_-_2021.docx</t>
   </si>
   <si>
     <t>Que estude a viabilidade de implantação de “faixa de travessia” com iluminação, de preferência em Led, no Centro de Eventos Terra Brasil, do Município de Terra Boa.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_32.21___paulo_henrique_-_redutor_de_velocidade_rua_jandaia_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_32.21___paulo_henrique_-_redutor_de_velocidade_rua_jandaia_-_2021.docx</t>
   </si>
   <si>
     <t>A implantação de redutores de velocidades na Rua Jandaia, próximo à esquina da Rua Ourupu (Empresa Etikmar), localizada no Município de Terra Boa.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_33.21__wilson_-_aparelho_fisioterapia_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_33.21__wilson_-_aparelho_fisioterapia_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da aquisição de aparelhos de fisioterapia a serem utilizados permanentemente no Distrito de Malu ou, se assim não for possível, que providencie transporte público gratuito aos moradores para que venham a Terra Boa realizarem as respectivas sessões.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_34.21__fabio_mirai_-_redutor_velocidade_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_34.21__fabio_mirai_-_redutor_velocidade_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da Instalação de redutor de velocidade na Rua Maringá, Jardim Tókio, nas proximidades da residência nº 114.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_35.21__valdeci_bigode_-_redutor_velocidade_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_35.21__valdeci_bigode_-_redutor_velocidade_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da Instalação de redutor de velocidade na Rua Vereador Luiz Rodolfo,  Jardim Bela Vista, proximidades da residência nº 95 ao nº102.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_36.21__argemiro_garcia_-_conservacao_de_area_nativa__-_2021__.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_36.21__argemiro_garcia_-_conservacao_de_area_nativa__-_2021__.docx</t>
   </si>
   <si>
     <t>“Sejam as áreas urbanas, púbicas e privadas, que contenham área de mata nativa ou de preservação permanente, delimitadas e cercadas de alambrado de arame, gradil ou outro material semelhante, que possa evitar a circulação de pessoas, contribuindo com a segurança pública e preservação do meio ambiente, evitando o descarte de lixo e outros materiais que acumulam água.”</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_37.21__argemiro_garcia_-__perfuracao_de_pocos_artesianos_vila_rurais_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_37.21__argemiro_garcia_-__perfuracao_de_pocos_artesianos_vila_rurais_-_2021.docx</t>
   </si>
   <si>
     <t>“A CONSTRUÇÃO DE POÇOS ARTESIANOS NAS COMUNIDADES RURAIS “VILA RURAL NOVA JERUSALÉM”, “VILA RURAL RECANTO VERDE” E “AGROVILA”.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_38.21__argemiro_garcia_-__icms_ecologico__-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_38.21__argemiro_garcia_-__icms_ecologico__-_2021.docx</t>
   </si>
   <si>
     <t>“A realização de estudos técnicos, pelo departamento competente do quadro de servidores do Município ou contratação de empresa especializada, para elaboração de projeto de levantamento e cadastramento de Unidades de Conservação e mananciais, para adesão do programa ICMS ECOLÓGICO do Governo do Estado do Paraná, gerido pelo IAT – Instituo de Água e Terra”</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_39.21__sergio_colonello_-_sentido_unico_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_39.21__sergio_colonello_-_sentido_unico_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal, juntamente com o Conselho de Trânsito ou órgão similar, estude a possibilidade de implantar sentido único na Rua Teruo Sakuno, com início na esquina do Centro Cultural Alécio Rampazzo Soccal até a esquina do Fórum.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_40.21__sergio_colonello_e_wilson_esposto_-__sentido_unico_carlos_marcondes_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_40.21__sergio_colonello_e_wilson_esposto_-__sentido_unico_carlos_marcondes_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal, juntamente com o Conselho de Trânsito ou órgão similar, estude a possibilidade de implantar sentido único na Rua Pref. Carlos Marcondes, na altura do nº 80, em frente ao Centro Municipal de Educação Infantil Tia Maria.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_41.21__paulo_henrique_-_rede_de_esgoto_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_41.21__paulo_henrique_-_rede_de_esgoto_-_2021.docx</t>
   </si>
   <si>
     <t>Que estude a viabilidade de implantar rede coletora de esgoto por todo o Jardim Vale Verde e Jardim Oásis, ambos do Município de Terra Boa.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_42.21___paulo_henrique_-_placas_solares_em_predios_publicos_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_42.21___paulo_henrique_-_placas_solares_em_predios_publicos_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo  estude a viabilidade de instalar placas solares fotovoltaicas em prédios públicos existentes.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_43.21__paulo_henrique_-_lei_de_placas_solares_em_predios_publicos_novos_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_43.21__paulo_henrique_-_lei_de_placas_solares_em_predios_publicos_novos_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade de proposta legislativa, para criar a Lei para instalação de sistema de energia solar para iluminação em  prédios públicos.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_44.21___wilson_-alargamento_de_pontes_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_44.21___wilson_-alargamento_de_pontes_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a possibilidade do alargamento das pontes das estradas rurais do Município de Terra Boa e do Distrito do Malu.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>PEDRO FIDELES PEREIRA NETO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_45.21____pedro_neto_-_portal_entrada_cemiterio_malu_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_45.21____pedro_neto_-_portal_entrada_cemiterio_malu_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da construção de um portal de entrada no Cemitério do Distrito de Malu.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_46.21____pedro_neto_e_wilson_-_abertura_passagem_canteiro_central_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_46.21____pedro_neto_e_wilson_-_abertura_passagem_canteiro_central_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da abertura de passagem para veículos no canteiro central da Av. Vereador Manoel Marques Rosa, próximo ao Residencial Natalino Georgetti, no Distrito de Malu.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_47.21____pedro_neto_-_construcao_bancos_e_assentos_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_47.21____pedro_neto_-_construcao_bancos_e_assentos_-_2021.docx</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_48.21____aparecido_pequeno_-_providencias_cachorros_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_48.21____aparecido_pequeno_-_providencias_cachorros_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude providências em relação ao extenso número de animais soltos nas ruas, especialmente cães.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_49.21____paulo_henrique_-_acessibilidade_irene_mendes_-_prca_do_japao_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_49.21____paulo_henrique_-_acessibilidade_irene_mendes_-_prca_do_japao_-_2021.docx</t>
   </si>
   <si>
     <t>Que estude a viabilidade de readequar os itens de acessibilidade e arborização na Praça do Japão e na Escola Municipal Prof. Irene Mendes.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_50.21____wilson_-_revisao_plano_de_cargos_e_carreira_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_50.21____wilson_-_revisao_plano_de_cargos_e_carreira_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade da revisão do Plano de Cargos, Carreiras e Salários da Administração Direta do Município de Terra Boa (Lei Municipal nº 1.075/2011).</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_51.21_-_pedro_neto_-_comunidade_sao_jose_-_2021_mudanca_data_17-02-22.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_51.21_-_pedro_neto_-_comunidade_sao_jose_-_2021_mudanca_data_17-02-22.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal contate o Departamento de Estrada e Rodagem (DER) propondo a fixação de redutor/controlador de velocidade na Rodovia PR 082, nas proximidades da Capela São José, trecho que liga o Município de Terra Boa com Cianorte.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_52.21____pedro_neto_e_wilson_esposto_-_abertura_passagem_canteiro_central_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_52.21____pedro_neto_e_wilson_esposto_-_abertura_passagem_canteiro_central_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da abertura de passagem para veículos no canteiro central da Av. José Rodrigues de Amorim Filho, próximo número 400.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Sugerimos ao Executivo Municipal estudos para a implantação do "Programa Caçamba Solidária".</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>A viabilidade para que seja instituída equipe técnica multidisciplinar para a elaboração do Plano Municipal de Mobilidade Urbana a fim de regular todo o trânsito do Município de Terra Boa e distrito de Malú.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da Instalação de redutor de velocidade na Av. Melvin Jones, nas proximidades do Mercado Gonzeli e da Familys Confecções.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_56.21____fabio_henrique_-_profissionais_transporte_vacina_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_56.21____fabio_henrique_-_profissionais_transporte_vacina_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade para que os profissionais do transporte, em especial os motoristas de transporte coletivo e os caminhoneiros, sejam contemplados com a vacinação contra a Covid-19 de forma concomitante ao grupo das pessoas com comorbidades e das pessoas com deficiência permanente.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>AMARILDO APARECIDO BOVO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_57.21_-_tato_-__iluminacao_estadio_led_1.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_57.21_-_tato_-__iluminacao_estadio_led_1.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da Instalação de Iluminação, preferencialmente com lâmpadas Led, no Estádio Municipal Ailton José dos Reis, a fim de que se possibilite a prática de atividades esportivas no período noturno.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_58.21____valdeci_-_mudanca_de_placa_-2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_58.21____valdeci_-_mudanca_de_placa_-2021.docx</t>
   </si>
   <si>
     <t>Que sejam tomadas as devidas providências no sentido de viabilizar a alteração do ponto de fixação da placa de sinalização de transito (de preferencial) situada na Rua Florai, nas proximidades dos números 637 e 623.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_59.21____valdeci_-_rede_esgoto_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_59.21____valdeci_-_rede_esgoto_-_2021.docx</t>
   </si>
   <si>
     <t>Que estude a viabilidade de implantar rede coletora de esgoto por todo o Conjunto Santa Felicidade, no Município de Terra Boa.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_60.21____wilson_-_pavimentacao_pedras_estrada_rurais_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_60.21____wilson_-_pavimentacao_pedras_estrada_rurais_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da pavimentação com pedras irregulares nas entradas das estradas rurais do Distrito de Malu.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_61.21____paulo_henrique_-_autista_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_61.21____paulo_henrique_-_autista_-_2021.docx</t>
   </si>
   <si>
     <t>A viabilidade para a criação de um Centro Especializado em Transtorno de Espectro Autista – TEA, no Município de Terra Boa – PR.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_62.21_-paulo_henrique_-_pavimentacao__asfaltica_rua_guardiana_fundos_estadio_municipal_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_62.21_-paulo_henrique_-_pavimentacao__asfaltica_rua_guardiana_fundos_estadio_municipal_-_2021.docx</t>
   </si>
   <si>
     <t>A viabilidade para que seja realizada a pavimentação asfáltica na Rua Guardiana, fundos do Estádio Municipal Ailton José dos Reis, localizada no Município de Terra Boa - PR.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_63.21___wilson_-_sinalizacao_transito_e_faixa_de_pedestre_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_63.21___wilson_-_sinalizacao_transito_e_faixa_de_pedestre_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal viabilize a fixação de placas de sinalização de trânsito, bem como as demarcações das faixas de pedestres nos bairros: Residencial Tartarelli, Araucária I e Araucária II.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_64.21____wilson_-__melhorias_no_cemiterio_malu_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_64.21____wilson_-__melhorias_no_cemiterio_malu_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade de melhorias no Cemitério Municipal do Distrito de Malu, incluindo a reforma das calçadas e as manutenções regulares destinadas a limpeza</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_65.21____fabio_e_pedro_-_alargamento_travessa_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_65.21____fabio_e_pedro_-_alargamento_travessa_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade para que sejam realizadas obras objetivando: (I) o alargamento da Travessa Primavera e; (II) a adequação do retorno existente na Av. Melvin Jones no entroncamento com a referida Travessa.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_66.21____fabio_e_pedro__-rotatoria_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_66.21____fabio_e_pedro__-rotatoria_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade para que seja construída, na Vila da Fraternidade, rotatória no entroncamento das ruas Paranaí, Florai e Iroí, com a posterior sinalização de trânsito no local.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_67.21____paulo_henrique_-_secretaria_de_esportes_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_67.21____paulo_henrique_-_secretaria_de_esportes_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade de proposta legislativa, para criar  o sistema municipal de desenvolvimento do esporte e lazer (Secretaria Municipal de Esporte e Lazer), e dá outras providências.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_68.21___paulo_henrique_-_programa_incentivo_ao_esporte_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_68.21___paulo_henrique_-_programa_incentivo_ao_esporte_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade de proposta legislativa, para criar a Lei que institui o Programa de Incentivo ao Esporte Amador no âmbito do Município de Terra Boa.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_69.21___paulo_henrique_-_incentivo_pratica_do_esporte_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_69.21___paulo_henrique_-_incentivo_pratica_do_esporte_-_2021.docx</t>
   </si>
   <si>
     <t>Que estude a viabilidade de implantar no Município de Terra Boa e Distrito de Malú o programa de incentivo à prática de esporte.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_70.21___wilson-construcao_campo_society_malu_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_70.21___wilson-construcao_campo_society_malu_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo, no uso de suas competências administrativas, verifique a viabilidade da construção de um campo society com grama sintética no local em que era a sede da antiga Associação Esportiva do Malu.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_71.21___sergio_colonello_-_estacionamento_canteiro_central_-_2021_estacionamento_canteiro_central_-.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_71.21___sergio_colonello_-_estacionamento_canteiro_central_-_2021_estacionamento_canteiro_central_-.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal viabilize a construção de estacionamento, no canteiro central, nos dois lados da Av. Brasil, em frente aos números 1301 e 1284 (Restaurante Senadinho e Bazar Popular, respectivamente) até os números 1199 e 1228 (Loja Novo Encanto e Loja João e Maria, respectivamente).</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_72.21___wilson_-tapa_buraco_malu_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_72.21___wilson_-tapa_buraco_malu_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo, no uso de suas competências administrativas, providencie, com urgência, operação de tapa buracos em todas as ruas do Distrito de Malu, assim como o recape de áreas que não foram objeto de reparação anterior.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_73.21___wilson_-_redutor_velocidade_nas_ruas_do_distrito_de_malu_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_73.21___wilson_-_redutor_velocidade_nas_ruas_do_distrito_de_malu_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da construção e sinalização de lombada física (quebra mola) nas ruas Peabiru (altura do nº211), Paraná (altura do nº158), Palmital (altura do nº 576) e Vereador Querino Dias Reis (altura do nº 88), todas localizadas no Distrito de Malu.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_74.21___valdeci_-_criacao_vagas_idoso_deficientes_e_motos_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_74.21___valdeci_-_criacao_vagas_idoso_deficientes_e_motos_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da criação de vagas de estacionamento reservadas às pessoas com deficiência, idosos e motos em frente ao Banco Bradesco de Terra Boa.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_75.21___valdeci_-ponto_de_onibus_com_abrigo_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_75.21___valdeci_-ponto_de_onibus_com_abrigo_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da construção de 01 Ponto de Ônibus com abrigo entre o cruzamento da Rua Fernando de Noronha e Rua Mato Grosso do Sul no Conjunto Habitacional Fani Lerner.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_76.21_-_sergio_colonello_-_sentido_unico_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_76.21_-_sergio_colonello_-_sentido_unico_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal, juntamente com o Conselho de Trânsito ou órgão similar, estude a possibilidade de implantar sentido único na Rua Ângelo Molina, do número 639 ao número 385, em frente a Escola Municipal Professor Adriano Franco e o Ceebja Vinicius De Moraes.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da construção de uma UNIDADE BÁSICA DE SAÚDE (UBS) local a ser definido para atender as necessidades dos moradores do Jardim Sena, Residencial Pinheiro, Residencial Bagatin, Jardim Bela Vista, Jardim Bela Vista II, Jardim Europa,Jardim California e Agrovila.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_79.21_-_incubadora_virtual.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_79.21_-_incubadora_virtual.docx</t>
   </si>
   <si>
     <t>A instalação em nosso Município do “PROJETO SOCIAL DE INCUBADORA VIRTUAL”, consistente na criação de um ambiente virtual estruturado remotamente para dar suporte “on line” a quem tem uma ideia para empreender ou mesmo para o empresário que já tem uma empresa e precisa se reinventar ou acelerar seu negócio, com um suporte administrativo, gerencial e tecnológico.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_80.21_-_sergio_colonello_-__iluminacao_trevo_pr_323_com_pr_558.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_80.21_-_sergio_colonello_-__iluminacao_trevo_pr_323_com_pr_558.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal viabilize junto ao Governo do Estado do Paraná a instalação de iluminação pública e de sistema de vigilância e monitoramento no Trevo da PR 323 com a PR 558 (trevo de acesso ao Distrito de Malu).</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da  instalação de um toldo na Unidade Básica de Saúde (UBS) Emília Fagundes de Souza, localizada na Rua Angelo Lavagnoli, nº237, Jardim Itália II, Terra Boa/PR.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_82.21_sergio_-__redutor_velocidade_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_82.21_sergio_-__redutor_velocidade_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da construção e sinalização de lombada física (quebra-molas) na Rua Padre Tadeu Zienski, em frente o número 68, Terra Boa – Paraná.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_83.21_paulo_henrique-_programas_causa_animal_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_83.21_paulo_henrique-_programas_causa_animal_-_2021.docx</t>
   </si>
   <si>
     <t>A viabilidade para que seja realizado campanhas de conscientização e Programas sobre o Tema Causa Animal, em especial, adoção responsável e programa de doação de ração.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_84.21_paulo_henruque_programa_adocao_animal_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_84.21_paulo_henruque_programa_adocao_animal_-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade de proposta legislativa para criar a Lei que institui o Programa Municipal de Adoção Responsável de Pequenos Animais.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade de proposta legislativa para criar a Lei Municipal de Maus Tratos em Animais</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_86.21_-_paulo_henrique__fubem_-2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_86.21_-_paulo_henrique__fubem_-2021.docx</t>
   </si>
   <si>
     <t>Sugerimos ao Executivo Municipal a realização de projeto para a criação do Fundo Municipal de Proteção e Bem-Estar Animal - FUBEM, que tem por finalidade captar e aplicar recursos visando o financiamento, investimento, expansão, implantação e aprimoramento das ações voltadas à proteção e bem- estar dos animais, bem como o implemento do controle populacional e de medidas de prevenção de zoonoses e demais moléstias.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_87.21_paulo_henrique_-_empresas_alimentos_bosques_municipal_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_87.21_paulo_henrique_-_empresas_alimentos_bosques_municipal_-_2021.docx</t>
   </si>
   <si>
     <t>A viabilidade para que seja realizado um estudo para construir um espaço público, com posterior  concessão de uso, ou a possibilidade de permitir a utilização do Bosque Municipal André Ricardo da Silva por parte das empresas do ramo alimentício.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_88.21_-_paulo_henrique_-__ciclovia_avenida_melvin_jones_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_88.21_-_paulo_henrique_-__ciclovia_avenida_melvin_jones_-_2021.docx</t>
   </si>
   <si>
     <t>A realização de estudo apontando a viabilidade da construção de ciclovia, estacionamento, arborização e redutores de velocidade eletrônico por toda a extensão da Avenida Melvin Jones, do Município de Terra Boa – PR, nos moldes da Avenida Paraíba de Cianorte.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_89.21__paulo_henrique_-_acupuntura_yoga_pilates_e_outros.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_89.21__paulo_henrique_-_acupuntura_yoga_pilates_e_outros.docx</t>
   </si>
   <si>
     <t>Que o Executivo Municipal realize um estudo de viabilidade para incluir no Município de Terra Boa a Politica Nacional de Práticas Integrativas, contendo os serviços de Acupuntura, Yoga, Pilates e outros.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_90.21_paulo_henrique_-__cercamento_e_pisos_de_boracha_parques_infantis.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_90.21_paulo_henrique_-__cercamento_e_pisos_de_boracha_parques_infantis.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade do cercamento e da instalação de pisos de borrachas (ou similares) em todos os parques infantis do Município de Terra Boa e Distrito de Malú.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_91.21_fabio_mirai__redutor_velocidade_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_91.21_fabio_mirai__redutor_velocidade_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de redutor de velocidade na Rua João Francisco da Silva, em frente ao número 142, no Jardim Sena, Terra Boa – Paraná.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_92.21fabio_mirai_redutor_velocidade_2.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_92.21fabio_mirai_redutor_velocidade_2.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de redutor de velocidade na Rua Porto Velho, em frente ao número 25, no Conjunto Cidade Alta, Terra Boa – Paraná.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_93.21-sergio_ricardo_colonelo_-estacionamento_espinha_de_peixe_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_93.21-sergio_ricardo_colonelo_-estacionamento_espinha_de_peixe_-_2021.docx</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE ESTACIONAMENTO TIPO “ESPINHA DE PEIXE” NA AVENIDA MELVIN JONES, ENTRE OS NÚMEROS 251 A 377.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_94.21_-_pedro_neto_-_placa_proibido_estacionar_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_94.21_-_pedro_neto_-_placa_proibido_estacionar_-_2021.docx</t>
   </si>
   <si>
     <t>A INSTALAÇÃO DE PLACA DE PROIBIDO ESTACIONAR CAMINHÕES NA RUA MARIALVA, ENTRE OS NÚMEROS 1200 A 1251, NOS FUNDOS DO GINÁSIO LÉO KOHLER.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/294/indicacao_95.21_pequeno__redutor_velocidade_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/294/indicacao_95.21_pequeno__redutor_velocidade_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de redutor de velocidade na Rua Teresina, em frente ao número 72, no Residencial Nova Aliança, Terra Boa – Paraná.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de redutor de velocidade na Rua Cuiabá, em frente ao número 95, no Residencial Nova Aliança, Terra Boa – Paraná.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de redutor de velocidade na Rua João Pessoa, em frente ao número 32, no Residencial Nova Aliança, Terra Boa – Paraná.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>O estudo de viabilidade  para catalogação de todas as árvores do Bosque Municipal André Ricardo da Silva, citando o Nome Popular, Nome Científico, Família, Bioma e Categoria e, afixando sua placa de identificação.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_99.21_-_paulo_henrique_-__lonas_tensionadas_-2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_99.21_-_paulo_henrique_-__lonas_tensionadas_-2021.docx</t>
   </si>
   <si>
     <t>Estudo de viabilidade para instalação de Lonas Tensionadas, ou similares, em todos os parques infantis do Município de Terra Boa e Distrito de Malú e na Praça Santos Dumont de Terra Boa – PR.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_100.21_-_sergio_colonello__redutor_velocidade_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_100.21_-_sergio_colonello__redutor_velocidade_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de redutor de velocidade na Rua Pres. Kenedy, em frente à Comunidade Evangélica Deus Vivo.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>A implantação de redutores de velocidades ou faixas elevadas no cruzamento das Ruas Professor Luis Palazi Pereira, Rua Rubens Carlos Pereira, Rua Venceslau Braz e Rua Florai, localizada próximo a Escola Municipal Monteiro Lobato do Município de Terra Boa.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/301/indicacao_102.21____-_valdeci_faixas_elevadas_escola_profissionalizante___-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/301/indicacao_102.21____-_valdeci_faixas_elevadas_escola_profissionalizante___-_2021.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal viabilize a instalação de faixas elevadas para pedestres, sentido a direita e esquerda em frente ao Centro de Convivência da Criança e Adolescente Antonio e Jaime Mantovan na Avenida Melvin Jones, Vila da Fraternidade</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_103.21_sergio_ricardo_-_bebedouro_pracas_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_103.21_sergio_ricardo_-_bebedouro_pracas_-_2021.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de bebedouros públicos com água gelada nas Praças Santos Dumont e João XXIII.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de faixas elevadas na Av. Brasil, em frente à Tornearia Estrela e à Auto Elétrica Eletricar, em substituição aos atuais quebra-molas.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>Mo</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/319/mocao_01.21_-_apoio_-_sergio_colonello.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/319/mocao_01.21_-_apoio_-_sergio_colonello.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO ao pleito que se observa em tramitação e se encontra sob consulta pública aberta pelo Senado Federal com relação ao Projeto de Lei nº. 2.564/2020, que institui o piso salarial nacional para enfermeiros, técnicos e auxiliares de enfermagem e parteiras, ressaltando que os profissionais agraciados em referido PL arriscam suas vidas diariamente na linha de frente da Covid-19 e merecem mais que aplausos, merecem dignidade salarial.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/320/mocao_02.21_-_repudio_-_deputado_ricardo_barros___-_vereador_-_paulo_henrique.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/320/mocao_02.21_-_repudio_-_deputado_ricardo_barros___-_vereador_-_paulo_henrique.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO às críticas proferidas pelo Deputado Federal Ricardo Barros a classe dos Professores,  na manhã do dia 20/04/2021, na Câmara dos Deputados._x000D_
 _x000D_
 Justificativa:_x000D_
 _x000D_
 O Excelentíssimo Deputado disse : “Só o professor não quer trabalhar na pandemia...”</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/321/mocao_03.21_-_apoio_1.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/321/mocao_03.21_-_apoio_1.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS E CONGRATULAÇÕES à Polícia Militar do Estado do Paraná, neste ato representada pela 5ª Companhia Independente de Polícia Militar (CIPM), pelo excelente trabalho realizado no Município de Terra Boa – Paraná.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei executivo</t>
   </si>
   <si>
     <t>Poder Executivo (Prefeitura) - Pe</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/384/001-_gratificacao_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/384/001-_gratificacao_-_2021.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de abono salarial aos servidores ativos (efetivos e comissionados) e aos ocupantes de emprego público contratados pelo regime da CLT, todos da Prefeitura Municipal de Terra Boa, e dá outras providências.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/385/003_reposicao_ipca_4525.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/385/003_reposicao_ipca_4525.doc</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a recompor os vencimentos dos Servidores Públicos Municipais de Terra Boa, pelo Índice Nacional de Preços ao Consumidor Amplo (IPCA), e dá outras providências.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/386/004_fundeb5.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/386/004_fundeb5.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação – CACS FUNDEB, de acordo com o disposto no art. 33 da Lei n.º 14.113, de 25 de dezembro de 2020.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/387/005_auxilio_financeiro-_asilo.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/387/005_auxilio_financeiro-_asilo.doc</t>
   </si>
   <si>
     <t>Concede Auxílio Financeiro ao ASILO SÃO VICENTE DE PAULO DE TERRA BOA e dá outras providências.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/388/006_auxilio_financeiro_-_apmi.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/388/006_auxilio_financeiro_-_apmi.doc</t>
   </si>
   <si>
     <t>Concede Auxilio Financeiro à Associação de Proteção a Maternidade e a Infância – APMI deste Município, entidade sem fins lucrativos e dá outras providências.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/389/007_auxilio_financeiro_-_patrulha_agricola.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/389/007_auxilio_financeiro_-_patrulha_agricola.doc</t>
   </si>
   <si>
     <t>Concede Auxílio Financeiro à ASSOCIAÇÃO DOS BENEFICIÁRIOS DA PATRULHA AGRÍCOLA MECANIZADA DE TERRA BOA, entidade sem fins lucrativos e dá outras providências.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/390/008_auxilio_financeiro__-_apae_e_asilo.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/390/008_auxilio_financeiro__-_apae_e_asilo.doc</t>
   </si>
   <si>
     <t>Concede Auxilio Financeiro através de Recursos /do Fundo Nacional de Assistência Social – FNAS e Governo do Estado do Paraná, as Entidades Sociais deste Município e dá outras providências.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/391/009_beneficio_aluguel_social1.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/391/009_beneficio_aluguel_social1.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o Benefício Eventual de Aluguel Social, no âmbito do Sistema Único de Assistência Social – SUAS no Município de Terra Boa, e dá outras providências.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/392/010alt1.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/392/010alt1.doc</t>
   </si>
   <si>
     <t>Altera a redação dos incisos IV, V e VII, do artigo 7º, altera redação do artigo 9º, caput, revoga o parágrafo 1º e altera o parágrafo 2º, ambos do artigo 10 e altera a redação do inciso I, bem como acrescenta os incisos VIII e IX, ao artigo 15, todos da Lei Municipal n.º 985/2009, que dispõe sobre o PRODETERRA, e dá outras providências.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/393/011_parceria_publico_e_privada_pocos_artesianos.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/393/011_parceria_publico_e_privada_pocos_artesianos.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Termo de Parceria Pública e Privada por Interesse Público em Gestão Compartilhada para Contratação de Empresa de Especializada, mediante procedimento licitatório, para a Construção, Manutenção e Perfuração de Poços Artesianos, e dá outras providências.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/394/012_ratificacao_ref_condescom.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/394/012_ratificacao_ref_condescom.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a Ratificação da Primeira Alteração e Consolidação do Protocolo de Intenções do Consórcio Intermunicipal para o Desenvolvimento dos Municípios da Região de Campo Mourão –CONDESCOM e outras providências.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/326/comple1.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/326/comple1.doc</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE TERRA BOA, ESTADO DO PARANÁ, O REGIME JURÍDICO DIFERENCIADO, FAVORECIDO E SIMPLIFICADO ÀS MICROEMPRESAS E EMPRESAS DE PEQUENO PORTE, REALIZAÇÃO DE LICITAÇÃO EXCLUSIVA ÀS MICROS E PEQUENAS EMPRESAS LOCALIZADAS NO MUNICIPIO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/327/comple1.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/327/comple1.doc</t>
   </si>
   <si>
     <t>Inclui o parágrafo 6º, e alíneas “a”, “b”, “c”, “d” e “e”, e parágrafo 7º, todos ao artigo 47, da Lei Complementar n.º 003/2011 de 21.12.2011, que dispõe sobre o Zoneamento do Uso e Ocupação do Solo no Município de Terra Boa, e dá outras providências.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/328/complementar_003_-_institui_previdencia_complementar.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/328/complementar_003_-_institui_previdencia_complementar.docx</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no âmbito do Município de Terra Boa; fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão a Plano de Benefícios de Previdência Complementar e dá outras providências.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/329/complementar_004-_altera_o_inciso_i_do_art_23_artigo_35_e_inclui_par_2o_e_correto.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/329/complementar_004-_altera_o_inciso_i_do_art_23_artigo_35_e_inclui_par_2o_e_correto.doc</t>
   </si>
   <si>
     <t>Altera o inciso I, do artigo 23, bem como, altera o artigo 35, caput e inclui o parágrafo 6º, renumera os demais parágrafos deste artigo e inclui o inciso IV, ao artigo 39, todos da Lei Complementar n.º 003/2011 de 21.12.2011, que dispõe sobre o Zoneamento do Uso e Ocupação do Solo no Município de Terra Boa, e dá outras providências.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/330/complementar_005_-_altera_par_3o_do_art_51_-_lc_06-2011.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/330/complementar_005_-_altera_par_3o_do_art_51_-_lc_06-2011.doc</t>
   </si>
   <si>
     <t>Altera o parágrafo 3º, do artigo 51, a Lei Complementar n.º 006/2011 de 21.12.2011, que dispõe sobre o Código de Obras e Edificações no Município de Terra Boa, e dá outras providências.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/331/comple2.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/331/comple2.doc</t>
   </si>
   <si>
     <t>Altera o artigo 87 e o Anexo VIII, da Lei Complementar n.º 006/2003 de 26.12.2003, que dispõe sobre o Sistema Tributário do Município de Terra Boa, e dá outras providências.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/375/requerimento_no01-2021_paulo_henrique__-_manifestacoes_sobre_as_indicacoes_-_2021_correto.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/375/requerimento_no01-2021_paulo_henrique__-_manifestacoes_sobre_as_indicacoes_-_2021_correto.docx</t>
   </si>
   <si>
     <t>O Vereador Paulo Henrique Neves de Oliveira, no uso de suas atribuições, que lhe foram conferidas através dos artigos 165-A e 165-B, § 3°, ambos do Regimento Interno da Câmara Municipal de Terra Boa-PR, vem à presença do Prefeito Municipal solicitar os devidos esclarecimentos no que se refere ao atendimento pelo Poder Executivo das indicações realizadas pelos ilustres Vereadores desta Casa nos exercícios de 2019 e 2020, cuja relação segue abaixo. _x000D_
 _x000D_
 Tal requerimento tem por objetivo verificar quais foram as indicações atendidas, não atendidas e que ainda estão em fase de execução pelo Poder Executivo Municipal, para que assim, esta Casa de Leis possa informar a Comunidade Terraboense acerca do andamento de todas as solicitações que foram apresentadas pelos Vereadores junto ao Poder Executivo em seu nome. Solicita-se também uma estimativa de prazo para realização das indicações que ainda não foram executadas.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/376/requerimento_no02-2021_paulo_henrique__-_valores_do_covid_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/376/requerimento_no02-2021_paulo_henrique__-_valores_do_covid_-_2021.docx</t>
   </si>
   <si>
     <t>O Vereador Paulo Henrique Neves de Oliveira, no uso de suas atribuições, que lhe foram conferidas através do Regimento Interno da Câmara Municipal de Terra Boa-PR, vem à presença do Prefeito Municipal solicitar os devidos esclarecimentos no que se refere ao auxílio do “Programa Federativo de Enfrentamento ao Coronavírus (Lei Complementar 173/2020)”, que prestou auxílio financeiro a Estados e Municípios.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/377/requerimento_no03-2021_sergio_colonello_-investimentos_em_seguranca_no_estado_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/377/requerimento_no03-2021_sergio_colonello_-investimentos_em_seguranca_no_estado_-_2021.docx</t>
   </si>
   <si>
     <t>Solicitando, desde já, que o mesmo seja incluído em pauta para apreciação, discussão e votação do Plenário, e, se aprovado, seja encaminhado ofício ao Excelentíssimo Senhor Ratinho Junior, Governador do Estado do Paraná; ao Excelentíssimo Senhor Coronel Romulo Marinho Soares, Secretário de Estado e da Segurança Pública; e ao Excelentíssimo Senhor Coronel Hudson Leôncio Teixeira, Comandante-Geral da Polícia Militar do Estado do Paraná, solicitando providências no sentido de viabilizar maiores investimentos em segurança pública em nosso Estado, aumentando o efetivo policial e melhorando as condições salariais dos agentes de segurança, sejam eles civis ou militares.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/378/requerimento_no04-2021_paulo_henrique_-_plano_municipal_de_arborizacao_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/378/requerimento_no04-2021_paulo_henrique_-_plano_municipal_de_arborizacao_-_2021.docx</t>
   </si>
   <si>
     <t>O Vereador Paulo Henrique Neves de Oliveira, no uso de suas atribuições, que lhe foram conferidas através dos artigos 165-A e 165-B, § 3°, ambos do Regimento Interno da Câmara Municipal de Terra Boa-PR, vem à presença do Prefeito Municipal requerer esclarecimentos sobre as ações do Executivo Municipal quanto à execução do Plano Municipal de Arborização Urbana e da Lei Municipal 781/2003 (que está sendo revogada).</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/379/requerimento_no05-2021_paulo_henrique_-__ree_de_esgoto_-_2021.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/379/requerimento_no05-2021_paulo_henrique_-__ree_de_esgoto_-_2021.docx</t>
   </si>
   <si>
     <t>O Vereador Paulo Henrique Neves de Oliveira, no uso de suas atribuições, que lhe foram conferidas através do Regimento Interno da Câmara Municipal de Terra Boa-PR, vem à presença do Prefeito Municipal e Sanepar, solicitar os devidos esclarecimentos no que se refere ao à rede coletora de esgotos em nosso Município.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Poder Legislativo (Câmara) - pl, AMARILDO APARECIDO BOVO, PAULO HENRIQUE NEVES DE OLIVEIRA, PEDRO FIDELES PEREIRA NETO, WILSON WANDERLEI ESPOSTO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/332/projeto_de_lei_iniciativa_da_camara_no_01.2021_-_abono_salarial.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/332/projeto_de_lei_iniciativa_da_camara_no_01.2021_-_abono_salarial.docx</t>
   </si>
   <si>
     <t>Concede abono salarial aos servidores ativos (efetivos e comissionados) da Câmara Municipal de Terra Boa.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>AMARILDO APARECIDO BOVO, PAULO HENRIQUE NEVES DE OLIVEIRA, PEDRO FIDELES PEREIRA NETO, WILSON WANDERLEI ESPOSTO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/333/projeto_de_lei_iniciativa_da_camara_no_02.2021_-_revisao_geral_anual.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/333/projeto_de_lei_iniciativa_da_camara_no_02.2021_-_revisao_geral_anual.docx</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Legislativo a recompor os vencimentos dos Servidores Públicos Municipais da Câmara Municipal de Terra Boa, pelo Índice Nacional de Preços ao Consumidor Amplo (IPCA), e dá outras providências.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/334/projeto_de_lei_iniciativa_da_camara_no_03.2021_-_ampliacao_parcelamento_taxa_cemiterio-_fabio.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/334/projeto_de_lei_iniciativa_da_camara_no_03.2021_-_ampliacao_parcelamento_taxa_cemiterio-_fabio.docx</t>
   </si>
   <si>
     <t>Alteram-se os artigos 1º e 2º, caput, da Lei Municipal nº 459 de 1993, que dispõe sobre o parcelamento do pagamento de taxas do Setor de Cemitério Municipal, e da outras providências.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/335/projeto_de_lei_iniciativa_da_camara_no_04.2021_-_altera_lei_seca_-_projeto_final.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/335/projeto_de_lei_iniciativa_da_camara_no_04.2021_-_altera_lei_seca_-_projeto_final.docx</t>
   </si>
   <si>
     <t>Altera-se o artigo 3º, caput, da Lei Municipal nº 996 de 2009, que dispõe sobre horário de comercialização e consumo de bebidas alcoólicas e dá outras providências.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/342/projeto_de_lei_iniciativa_da_camara_no_06.2021_-_denomina_rua_geraldo_manoel_dos_santos_2.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/342/projeto_de_lei_iniciativa_da_camara_no_06.2021_-_denomina_rua_geraldo_manoel_dos_santos_2.docx</t>
   </si>
   <si>
     <t>Denomina via pública na forma que especifica.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>AMARILDO APARECIDO BOVO, APARECIDO DA SILVA, ARGEMIRO GARCIA JÚNIOR, FABIANO MACEDO CARDOSO, PAULO HENRIQUE NEVES DE OLIVEIRA, PEDRO FIDELES PEREIRA NETO, SERGIO RICARDO COLONELLO, VALDECI ALVES DE SOUZA, WILSON WANDERLEI ESPOSTO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/343/prb1861.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/343/prb1861.doc</t>
   </si>
   <si>
     <t>Dispõe sobre parcelamento do pagamento de taxas do Setor de Cemitério Municipal.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento e vagas de estacionamento preferenciais às pessoas com fibromialgia.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/345/prc09e1.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/345/prc09e1.doc</t>
   </si>
   <si>
     <t>Denomina logradouro público na forma que especifica.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/346/projeto_de_lei_iniciativa_da_camara_no_10.2021_-_denomina_logradouro_-_kely_rocha.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/346/projeto_de_lei_iniciativa_da_camara_no_10.2021_-_denomina_logradouro_-_kely_rocha.docx</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/347/projeto_de_lei_iniciativa_da_camara_no_11.2021_-_revoga_revisao_geral_anual.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/347/projeto_de_lei_iniciativa_da_camara_no_11.2021_-_revoga_revisao_geral_anual.docx</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal n.º 1.642/2021.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/348/projeto_de_lei_iniciativa_da_camara_no_12.2021_-_altera_denominacao_logradouro_publico.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/348/projeto_de_lei_iniciativa_da_camara_no_12.2021_-_altera_denominacao_logradouro_publico.docx</t>
   </si>
   <si>
     <t>Altera-se o artigo 1º, da Lei Municipal nº 1.635 de 2020, que denomina Logradouro Público e dá outras providências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/349/projeto_de_lei_iniciativa_da_camara_no_13.2021_-_altera_denominacao_logradouro_publico.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/349/projeto_de_lei_iniciativa_da_camara_no_13.2021_-_altera_denominacao_logradouro_publico.docx</t>
   </si>
   <si>
     <t>Altera-se o artigo 1º, da Lei Municipal nº 1.636 de 2020, que denomina Logradouro Público e dá outras providências.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>Denomina o Plenário da Câmara Municipal de Terra Boa.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/351/projeto_de_lei_iniciativa_da_camara_no_15.2021_-_altera_denominacao_rua.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/351/projeto_de_lei_iniciativa_da_camara_no_15.2021_-_altera_denominacao_rua.docx</t>
   </si>
   <si>
     <t>Altera o artigo 2º, bem como o artigo 10, ambos da Lei Municipal nº 1.347 de 2015, que denomina o Jardim Botânico e dá outras providências.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/323/decreto_legislativo_no_01.2021.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/323/decreto_legislativo_no_01.2021.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a Suplementação Orçamentária para o Exercício de 2021.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1994,68 +1994,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_01.21_valdeci_-_faixa_elevada_em_frente_ao_bar_do_cido.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_02-21_paulo_henrique_-_estacionamento_eletropaulo_-_2021.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/123/indicacao_03.21__paulo_henrique_-_redutor__de_velocidade_-_2021.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_04.21__paulo_henrique_-_chacara_de_lazer-_2021.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_05.21_aparecido_pequeno__-_faixa_elevada_em_frente_ao_bar_rodeio_-2021.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_06.21_valdeci_-_parque_infantil_-_2021.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_07.21_paulo_henrique_-_chacara_de_lazer-_2021_correta.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_08.21_aparecido_da_silva_-_criacao_estacionamento_-_2021.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/129/indicacao_09.21_valdeci_alves_de_souza_-_criacao_parque_infantil_-_2021.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_10.21_argemiro_-mudanca_sentido_transito_jardim_n.s.apa__-_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_11.21_fabio_-_redutor_velocidade_e_iluminacao_-_2021.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_12.21_fabio_-_ponto_onibus_-_2021.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_14.21_paulo_henrique_-_isencao_iptu_cancer_-_2021.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_15.21_paulo_henrique_-_sentido_unico_-_2021.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_18.21_wilson_-_iluminacao_publica_led_-_2021_-_2021.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_19.21___sergio_-_iluminacao_natalina_-_2021.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_20.21___aparecido_e_valdeci_-ponto_de_onibus_com_abrigo_-_2021.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_22.21___aparecido_pequeno_abrigo_mercado_sao_jose_rua_monica_-_2021.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_23-21__sergio_estacionamento_avenida_brasil_-_2021.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_24.21___wilson_-_gratificacao_saude_-_2021.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_25.21___sergio_-__profissionais_educacao__vacina_-_2021.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_26.21___sergio_-museu_-_2021.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_27.21_sergio_colonello_-_auxilio_-_beneficios_ficais_proprietarios_de_lanchonete_-_2021.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_28.21_-_wilson__-_pavimentacao_asfaltica_rua_terra_boa_em_toda_extensao_e_rua_parana_frente_campo_de_futebol_malu_0-_2021.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_29.21___valdeci_e_aparecido_-_criacao_parquel_infantil_e_ati__-_2021.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_30.21___paulo_henrique_-_melhorias_proximo_ao_cemiterio__restoque_-_2021.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_31.21-_paulo_henrique_-_passarela_centro_de_eventos_-_2021.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_32.21___paulo_henrique_-_redutor_de_velocidade_rua_jandaia_-_2021.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_33.21__wilson_-_aparelho_fisioterapia_-_2021.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_34.21__fabio_mirai_-_redutor_velocidade_-_2021.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_35.21__valdeci_bigode_-_redutor_velocidade_-_2021.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_36.21__argemiro_garcia_-_conservacao_de_area_nativa__-_2021__.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_37.21__argemiro_garcia_-__perfuracao_de_pocos_artesianos_vila_rurais_-_2021.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_38.21__argemiro_garcia_-__icms_ecologico__-_2021.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_39.21__sergio_colonello_-_sentido_unico_-_2021.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_40.21__sergio_colonello_e_wilson_esposto_-__sentido_unico_carlos_marcondes_-_2021.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_41.21__paulo_henrique_-_rede_de_esgoto_-_2021.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_42.21___paulo_henrique_-_placas_solares_em_predios_publicos_-_2021.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_43.21__paulo_henrique_-_lei_de_placas_solares_em_predios_publicos_novos_-_2021.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_44.21___wilson_-alargamento_de_pontes_-_2021.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_45.21____pedro_neto_-_portal_entrada_cemiterio_malu_-_2021.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_46.21____pedro_neto_e_wilson_-_abertura_passagem_canteiro_central_-_2021.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_47.21____pedro_neto_-_construcao_bancos_e_assentos_-_2021.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_48.21____aparecido_pequeno_-_providencias_cachorros_-_2021.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_49.21____paulo_henrique_-_acessibilidade_irene_mendes_-_prca_do_japao_-_2021.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_50.21____wilson_-_revisao_plano_de_cargos_e_carreira_-_2021.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_51.21_-_pedro_neto_-_comunidade_sao_jose_-_2021_mudanca_data_17-02-22.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_52.21____pedro_neto_e_wilson_esposto_-_abertura_passagem_canteiro_central_-_2021.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_56.21____fabio_henrique_-_profissionais_transporte_vacina_-_2021.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_57.21_-_tato_-__iluminacao_estadio_led_1.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_58.21____valdeci_-_mudanca_de_placa_-2021.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_59.21____valdeci_-_rede_esgoto_-_2021.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_60.21____wilson_-_pavimentacao_pedras_estrada_rurais_-_2021.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_61.21____paulo_henrique_-_autista_-_2021.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_62.21_-paulo_henrique_-_pavimentacao__asfaltica_rua_guardiana_fundos_estadio_municipal_-_2021.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_63.21___wilson_-_sinalizacao_transito_e_faixa_de_pedestre_-_2021.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_64.21____wilson_-__melhorias_no_cemiterio_malu_-_2021.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_65.21____fabio_e_pedro_-_alargamento_travessa_-_2021.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_66.21____fabio_e_pedro__-rotatoria_-_2021.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_67.21____paulo_henrique_-_secretaria_de_esportes_-_2021.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_68.21___paulo_henrique_-_programa_incentivo_ao_esporte_-_2021.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_69.21___paulo_henrique_-_incentivo_pratica_do_esporte_-_2021.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_70.21___wilson-construcao_campo_society_malu_-_2021.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_71.21___sergio_colonello_-_estacionamento_canteiro_central_-_2021_estacionamento_canteiro_central_-.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_72.21___wilson_-tapa_buraco_malu_-_2021.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_73.21___wilson_-_redutor_velocidade_nas_ruas_do_distrito_de_malu_-_2021.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_74.21___valdeci_-_criacao_vagas_idoso_deficientes_e_motos_-_2021.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_75.21___valdeci_-ponto_de_onibus_com_abrigo_-_2021.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_76.21_-_sergio_colonello_-_sentido_unico_-_2021.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_79.21_-_incubadora_virtual.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_80.21_-_sergio_colonello_-__iluminacao_trevo_pr_323_com_pr_558.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_82.21_sergio_-__redutor_velocidade_-_2021.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_83.21_paulo_henrique-_programas_causa_animal_-_2021.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_84.21_paulo_henruque_programa_adocao_animal_-_2021.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_86.21_-_paulo_henrique__fubem_-2021.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_87.21_paulo_henrique_-_empresas_alimentos_bosques_municipal_-_2021.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_88.21_-_paulo_henrique_-__ciclovia_avenida_melvin_jones_-_2021.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_89.21__paulo_henrique_-_acupuntura_yoga_pilates_e_outros.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_90.21_paulo_henrique_-__cercamento_e_pisos_de_boracha_parques_infantis.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_91.21_fabio_mirai__redutor_velocidade_-_2021.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_92.21fabio_mirai_redutor_velocidade_2.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_93.21-sergio_ricardo_colonelo_-estacionamento_espinha_de_peixe_-_2021.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_94.21_-_pedro_neto_-_placa_proibido_estacionar_-_2021.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/294/indicacao_95.21_pequeno__redutor_velocidade_-_2021.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_99.21_-_paulo_henrique_-__lonas_tensionadas_-2021.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_100.21_-_sergio_colonello__redutor_velocidade_2021.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/301/indicacao_102.21____-_valdeci_faixas_elevadas_escola_profissionalizante___-_2021.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_103.21_sergio_ricardo_-_bebedouro_pracas_-_2021.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/319/mocao_01.21_-_apoio_-_sergio_colonello.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/320/mocao_02.21_-_repudio_-_deputado_ricardo_barros___-_vereador_-_paulo_henrique.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/321/mocao_03.21_-_apoio_1.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/384/001-_gratificacao_-_2021.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/385/003_reposicao_ipca_4525.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/386/004_fundeb5.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/387/005_auxilio_financeiro-_asilo.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/388/006_auxilio_financeiro_-_apmi.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/389/007_auxilio_financeiro_-_patrulha_agricola.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/390/008_auxilio_financeiro__-_apae_e_asilo.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/391/009_beneficio_aluguel_social1.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/392/010alt1.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/393/011_parceria_publico_e_privada_pocos_artesianos.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/394/012_ratificacao_ref_condescom.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/326/comple1.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/327/comple1.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/328/complementar_003_-_institui_previdencia_complementar.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/329/complementar_004-_altera_o_inciso_i_do_art_23_artigo_35_e_inclui_par_2o_e_correto.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/330/complementar_005_-_altera_par_3o_do_art_51_-_lc_06-2011.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/331/comple2.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/375/requerimento_no01-2021_paulo_henrique__-_manifestacoes_sobre_as_indicacoes_-_2021_correto.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/376/requerimento_no02-2021_paulo_henrique__-_valores_do_covid_-_2021.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/377/requerimento_no03-2021_sergio_colonello_-investimentos_em_seguranca_no_estado_-_2021.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/378/requerimento_no04-2021_paulo_henrique_-_plano_municipal_de_arborizacao_-_2021.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/379/requerimento_no05-2021_paulo_henrique_-__ree_de_esgoto_-_2021.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/332/projeto_de_lei_iniciativa_da_camara_no_01.2021_-_abono_salarial.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/333/projeto_de_lei_iniciativa_da_camara_no_02.2021_-_revisao_geral_anual.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/334/projeto_de_lei_iniciativa_da_camara_no_03.2021_-_ampliacao_parcelamento_taxa_cemiterio-_fabio.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/335/projeto_de_lei_iniciativa_da_camara_no_04.2021_-_altera_lei_seca_-_projeto_final.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/342/projeto_de_lei_iniciativa_da_camara_no_06.2021_-_denomina_rua_geraldo_manoel_dos_santos_2.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/343/prb1861.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/345/prc09e1.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/346/projeto_de_lei_iniciativa_da_camara_no_10.2021_-_denomina_logradouro_-_kely_rocha.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/347/projeto_de_lei_iniciativa_da_camara_no_11.2021_-_revoga_revisao_geral_anual.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/348/projeto_de_lei_iniciativa_da_camara_no_12.2021_-_altera_denominacao_logradouro_publico.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/349/projeto_de_lei_iniciativa_da_camara_no_13.2021_-_altera_denominacao_logradouro_publico.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/351/projeto_de_lei_iniciativa_da_camara_no_15.2021_-_altera_denominacao_rua.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/323/decreto_legislativo_no_01.2021.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/121/indicacao_01.21_valdeci_-_faixa_elevada_em_frente_ao_bar_do_cido.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/122/indicacao_02-21_paulo_henrique_-_estacionamento_eletropaulo_-_2021.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/123/indicacao_03.21__paulo_henrique_-_redutor__de_velocidade_-_2021.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/124/indicacao_04.21__paulo_henrique_-_chacara_de_lazer-_2021.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/125/indicacao_05.21_aparecido_pequeno__-_faixa_elevada_em_frente_ao_bar_rodeio_-2021.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/126/indicacao_06.21_valdeci_-_parque_infantil_-_2021.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/127/indicacao_07.21_paulo_henrique_-_chacara_de_lazer-_2021_correta.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/128/indicacao_08.21_aparecido_da_silva_-_criacao_estacionamento_-_2021.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/129/indicacao_09.21_valdeci_alves_de_souza_-_criacao_parque_infantil_-_2021.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/130/indicacao_10.21_argemiro_-mudanca_sentido_transito_jardim_n.s.apa__-_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/131/indicacao_11.21_fabio_-_redutor_velocidade_e_iluminacao_-_2021.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/132/indicacao_12.21_fabio_-_ponto_onibus_-_2021.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/134/indicacao_14.21_paulo_henrique_-_isencao_iptu_cancer_-_2021.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/135/indicacao_15.21_paulo_henrique_-_sentido_unico_-_2021.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/136/indicacao_18.21_wilson_-_iluminacao_publica_led_-_2021_-_2021.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/137/indicacao_19.21___sergio_-_iluminacao_natalina_-_2021.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/138/indicacao_20.21___aparecido_e_valdeci_-ponto_de_onibus_com_abrigo_-_2021.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/139/indicacao_22.21___aparecido_pequeno_abrigo_mercado_sao_jose_rua_monica_-_2021.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/140/indicacao_23-21__sergio_estacionamento_avenida_brasil_-_2021.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/141/indicacao_24.21___wilson_-_gratificacao_saude_-_2021.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/142/indicacao_25.21___sergio_-__profissionais_educacao__vacina_-_2021.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/143/indicacao_26.21___sergio_-museu_-_2021.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/144/indicacao_27.21_sergio_colonello_-_auxilio_-_beneficios_ficais_proprietarios_de_lanchonete_-_2021.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/145/indicacao_28.21_-_wilson__-_pavimentacao_asfaltica_rua_terra_boa_em_toda_extensao_e_rua_parana_frente_campo_de_futebol_malu_0-_2021.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/146/indicacao_29.21___valdeci_e_aparecido_-_criacao_parquel_infantil_e_ati__-_2021.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/147/indicacao_30.21___paulo_henrique_-_melhorias_proximo_ao_cemiterio__restoque_-_2021.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/148/indicacao_31.21-_paulo_henrique_-_passarela_centro_de_eventos_-_2021.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/149/indicacao_32.21___paulo_henrique_-_redutor_de_velocidade_rua_jandaia_-_2021.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/150/indicacao_33.21__wilson_-_aparelho_fisioterapia_-_2021.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/151/indicacao_34.21__fabio_mirai_-_redutor_velocidade_-_2021.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/152/indicacao_35.21__valdeci_bigode_-_redutor_velocidade_-_2021.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/153/indicacao_36.21__argemiro_garcia_-_conservacao_de_area_nativa__-_2021__.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/154/indicacao_37.21__argemiro_garcia_-__perfuracao_de_pocos_artesianos_vila_rurais_-_2021.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/155/indicacao_38.21__argemiro_garcia_-__icms_ecologico__-_2021.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/156/indicacao_39.21__sergio_colonello_-_sentido_unico_-_2021.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/157/indicacao_40.21__sergio_colonello_e_wilson_esposto_-__sentido_unico_carlos_marcondes_-_2021.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/158/indicacao_41.21__paulo_henrique_-_rede_de_esgoto_-_2021.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/159/indicacao_42.21___paulo_henrique_-_placas_solares_em_predios_publicos_-_2021.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/160/indicacao_43.21__paulo_henrique_-_lei_de_placas_solares_em_predios_publicos_novos_-_2021.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/161/indicacao_44.21___wilson_-alargamento_de_pontes_-_2021.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/164/indicacao_45.21____pedro_neto_-_portal_entrada_cemiterio_malu_-_2021.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/165/indicacao_46.21____pedro_neto_e_wilson_-_abertura_passagem_canteiro_central_-_2021.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/166/indicacao_47.21____pedro_neto_-_construcao_bancos_e_assentos_-_2021.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/167/indicacao_48.21____aparecido_pequeno_-_providencias_cachorros_-_2021.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/168/indicacao_49.21____paulo_henrique_-_acessibilidade_irene_mendes_-_prca_do_japao_-_2021.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/169/indicacao_50.21____wilson_-_revisao_plano_de_cargos_e_carreira_-_2021.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/170/indicacao_51.21_-_pedro_neto_-_comunidade_sao_jose_-_2021_mudanca_data_17-02-22.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/171/indicacao_52.21____pedro_neto_e_wilson_esposto_-_abertura_passagem_canteiro_central_-_2021.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/176/indicacao_56.21____fabio_henrique_-_profissionais_transporte_vacina_-_2021.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_57.21_-_tato_-__iluminacao_estadio_led_1.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_58.21____valdeci_-_mudanca_de_placa_-2021.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_59.21____valdeci_-_rede_esgoto_-_2021.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_60.21____wilson_-_pavimentacao_pedras_estrada_rurais_-_2021.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_61.21____paulo_henrique_-_autista_-_2021.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_62.21_-paulo_henrique_-_pavimentacao__asfaltica_rua_guardiana_fundos_estadio_municipal_-_2021.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_63.21___wilson_-_sinalizacao_transito_e_faixa_de_pedestre_-_2021.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_64.21____wilson_-__melhorias_no_cemiterio_malu_-_2021.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_65.21____fabio_e_pedro_-_alargamento_travessa_-_2021.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_66.21____fabio_e_pedro__-rotatoria_-_2021.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_67.21____paulo_henrique_-_secretaria_de_esportes_-_2021.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/188/indicacao_68.21___paulo_henrique_-_programa_incentivo_ao_esporte_-_2021.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/189/indicacao_69.21___paulo_henrique_-_incentivo_pratica_do_esporte_-_2021.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/190/indicacao_70.21___wilson-construcao_campo_society_malu_-_2021.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_71.21___sergio_colonello_-_estacionamento_canteiro_central_-_2021_estacionamento_canteiro_central_-.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_72.21___wilson_-tapa_buraco_malu_-_2021.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_73.21___wilson_-_redutor_velocidade_nas_ruas_do_distrito_de_malu_-_2021.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/195/indicacao_74.21___valdeci_-_criacao_vagas_idoso_deficientes_e_motos_-_2021.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/196/indicacao_75.21___valdeci_-ponto_de_onibus_com_abrigo_-_2021.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/198/indicacao_76.21_-_sergio_colonello_-_sentido_unico_-_2021.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/203/indicacao_79.21_-_incubadora_virtual.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/204/indicacao_80.21_-_sergio_colonello_-__iluminacao_trevo_pr_323_com_pr_558.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/208/indicacao_82.21_sergio_-__redutor_velocidade_-_2021.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/210/indicacao_83.21_paulo_henrique-_programas_causa_animal_-_2021.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/212/indicacao_84.21_paulo_henruque_programa_adocao_animal_-_2021.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/215/indicacao_86.21_-_paulo_henrique__fubem_-2021.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/216/indicacao_87.21_paulo_henrique_-_empresas_alimentos_bosques_municipal_-_2021.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_88.21_-_paulo_henrique_-__ciclovia_avenida_melvin_jones_-_2021.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_89.21__paulo_henrique_-_acupuntura_yoga_pilates_e_outros.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_90.21_paulo_henrique_-__cercamento_e_pisos_de_boracha_parques_infantis.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/232/indicacao_91.21_fabio_mirai__redutor_velocidade_-_2021.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/234/indicacao_92.21fabio_mirai_redutor_velocidade_2.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/235/indicacao_93.21-sergio_ricardo_colonelo_-estacionamento_espinha_de_peixe_-_2021.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/292/indicacao_94.21_-_pedro_neto_-_placa_proibido_estacionar_-_2021.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/294/indicacao_95.21_pequeno__redutor_velocidade_-_2021.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/298/indicacao_99.21_-_paulo_henrique_-__lonas_tensionadas_-2021.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/299/indicacao_100.21_-_sergio_colonello__redutor_velocidade_2021.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/301/indicacao_102.21____-_valdeci_faixas_elevadas_escola_profissionalizante___-_2021.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/302/indicacao_103.21_sergio_ricardo_-_bebedouro_pracas_-_2021.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/319/mocao_01.21_-_apoio_-_sergio_colonello.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/320/mocao_02.21_-_repudio_-_deputado_ricardo_barros___-_vereador_-_paulo_henrique.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/321/mocao_03.21_-_apoio_1.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/384/001-_gratificacao_-_2021.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/385/003_reposicao_ipca_4525.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/386/004_fundeb5.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/387/005_auxilio_financeiro-_asilo.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/388/006_auxilio_financeiro_-_apmi.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/389/007_auxilio_financeiro_-_patrulha_agricola.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/390/008_auxilio_financeiro__-_apae_e_asilo.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/391/009_beneficio_aluguel_social1.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/392/010alt1.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/393/011_parceria_publico_e_privada_pocos_artesianos.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/394/012_ratificacao_ref_condescom.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/326/comple1.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/327/comple1.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/328/complementar_003_-_institui_previdencia_complementar.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/329/complementar_004-_altera_o_inciso_i_do_art_23_artigo_35_e_inclui_par_2o_e_correto.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/330/complementar_005_-_altera_par_3o_do_art_51_-_lc_06-2011.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/331/comple2.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/375/requerimento_no01-2021_paulo_henrique__-_manifestacoes_sobre_as_indicacoes_-_2021_correto.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/376/requerimento_no02-2021_paulo_henrique__-_valores_do_covid_-_2021.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/377/requerimento_no03-2021_sergio_colonello_-investimentos_em_seguranca_no_estado_-_2021.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/378/requerimento_no04-2021_paulo_henrique_-_plano_municipal_de_arborizacao_-_2021.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/379/requerimento_no05-2021_paulo_henrique_-__ree_de_esgoto_-_2021.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/332/projeto_de_lei_iniciativa_da_camara_no_01.2021_-_abono_salarial.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/333/projeto_de_lei_iniciativa_da_camara_no_02.2021_-_revisao_geral_anual.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/334/projeto_de_lei_iniciativa_da_camara_no_03.2021_-_ampliacao_parcelamento_taxa_cemiterio-_fabio.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/335/projeto_de_lei_iniciativa_da_camara_no_04.2021_-_altera_lei_seca_-_projeto_final.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/342/projeto_de_lei_iniciativa_da_camara_no_06.2021_-_denomina_rua_geraldo_manoel_dos_santos_2.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/343/prb1861.doc" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/345/prc09e1.doc" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/346/projeto_de_lei_iniciativa_da_camara_no_10.2021_-_denomina_logradouro_-_kely_rocha.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/347/projeto_de_lei_iniciativa_da_camara_no_11.2021_-_revoga_revisao_geral_anual.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/348/projeto_de_lei_iniciativa_da_camara_no_12.2021_-_altera_denominacao_logradouro_publico.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/349/projeto_de_lei_iniciativa_da_camara_no_13.2021_-_altera_denominacao_logradouro_publico.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/351/projeto_de_lei_iniciativa_da_camara_no_15.2021_-_altera_denominacao_rua.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2021/323/decreto_legislativo_no_01.2021.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="41.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="236.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="204.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="203.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>