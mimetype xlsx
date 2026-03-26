--- v0 (2025-12-24)
+++ v1 (2026-03-26)
@@ -54,820 +54,820 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>In</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>FABIANO MACEDO CARDOSO, PEDRO FIDELES PEREIRA NETO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/233/indicacao_01.22_-_fabio_e_pedro_-_parque_infantil_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/233/indicacao_01.22_-_fabio_e_pedro_-_parque_infantil_-_2022.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de um Parque Infantil na Praça Padre Pedro Paulo Paloski, no conjunto Cidade Alta.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>VALDECI ALVES DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/236/indicacao_02.22_-_valdeci__-_redutor_velocidade__rua_manaus_no97_-_2022_-.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/236/indicacao_02.22_-_valdeci__-_redutor_velocidade__rua_manaus_no97_-_2022_-.docx</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PAULO HENRIQUE NEVES DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/237/indicacao_03.22_-_paulo_henrique__-_destoca__de_troncos_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/237/indicacao_03.22_-_paulo_henrique__-_destoca__de_troncos_-_2022.docx</t>
   </si>
   <si>
     <t>Estudo de viabilidade para realizar o levantamento sobre a responsabilidade para realizar a destoca de troncos de árvores nas calçadas de Nosso Município e em espaços públicos e, para as podas drásticas de arvores sejam realizadas as destocas dos troncos.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/238/indicacao_04.22_-_paulo_henrique_-_programa_wifi_para_todos_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/238/indicacao_04.22_-_paulo_henrique_-_programa_wifi_para_todos_-_2022.docx</t>
   </si>
   <si>
     <t>Estudo de viabilidade  para criação do Programa “Wi-Fi Para Todos”, nas Praças e Prédios Públicos do Município de Terra Boa – PR.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>SERGIO RICARDO COLONELLO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/239/indicacao_05.22_-_sergio_colonello_-_brinquedos_para_criancas_com_deficiencia_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/239/indicacao_05.22_-_sergio_colonello_-_brinquedos_para_criancas_com_deficiencia_-_2022.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de brinquedos, especialmente um balanço, para crianças com deficiência na Praça Santos Dumont.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>FABIANO MACEDO CARDOSO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_06.22_-_fabio-_redutor_velocidade_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_06.22_-_fabio-_redutor_velocidade_-_2022.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura estude a viabilidade da instalação de redutor de velocidade na Rua Aricanduva, na Vila da Fraternidade, Terra Boa – Paraná.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/241/indicacao_07.22_-_sergio_colonello_-_implantacao_de_via_de_sentido_unico_na_rua_iguatemi_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/241/indicacao_07.22_-_sergio_colonello_-_implantacao_de_via_de_sentido_unico_na_rua_iguatemi_-_2022.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura, em conjunto ao órgão de trânsito do município, verifique a viabilidade da implantação de via de sentido único na Rua Iguatemi, sentido do nº 23 – Subestação da COPEL – ao nº 289.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>APARECIDO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/242/indicacao_08.22_-_pequeno_-_arborizacao_praca_santos_dumont.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/242/indicacao_08.22_-_pequeno_-_arborizacao_praca_santos_dumont.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura, em conjunto com a Secretaria Municipal do Meio Ambiente, verifique a viabilidade para que se aumente/intensifique a arborização da Praça Santos Dumont.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/243/indicacao_09.22_-_fabio_-_redutor_velocidade.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/243/indicacao_09.22_-_fabio_-_redutor_velocidade.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de redutor de velocidade na Rua Amapá - Conjunto Cidade Alta, nas  proximidades do nº 432.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>AMARILDO APARECIDO BOVO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/244/indicacao_10.22-_tato_-_rotatoria.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/244/indicacao_10.22-_tato_-_rotatoria.docx</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE ROTATÓRIA NO ENTRONCAMENTO DAS RUAS MARIALVA, TERUO SAKUNO E ARI BARROSO</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/245/indicacao_11.22_-_fabio_-_faixa_elevada.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/245/indicacao_11.22_-_fabio_-_faixa_elevada.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de faixa elevada na Av. Melvin Jones, nas  proximidades da Escola Profissionalizante.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/246/indicacao_12.22_-_pequeno_-_redutor_velocidade.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/246/indicacao_12.22_-_pequeno_-_redutor_velocidade.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de redutor de velocidade na Rua Pres. Café Filho - Centro, em frente ao nº 72.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_13.22_-_pequeno_-_redutor_velocidade.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_13.22_-_pequeno_-_redutor_velocidade.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de redutor de velocidade na Rua Mônica, em frente ao nº 796.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>ARGEMIRO GARCIA JÚNIOR</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/248/indicacao_14.22_-_argemiro_-_piso_agente_de_saude_e_de_endemias.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/248/indicacao_14.22_-_argemiro_-_piso_agente_de_saude_e_de_endemias.docx</t>
   </si>
   <si>
     <t>“Seja elaborado Projeto de Lei recepcionando a legislação federal, mais precisamente, da EMENDA CONSTITUCIONAL Nº 120, DE 5 DE MAIO DE 2022, que acrescentou o parágrafos 7º, 8º, 9º, 10 e 11 ao art. 198 da Constituição Federal, que fixou os vencimentos dos AGENTES COMUNITÁRIOS DE SAÚDE e dos AGENTES DE COMBATE ÀS ENDEMIAS, bem como, estabeleceu aposentadoria especial e adicional de insalubridade.”</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/249/indicacao_15.22_-_sergio_colonello_-_retentor_de_impurezas_de_aguas_pluviais.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/249/indicacao_15.22_-_sergio_colonello_-_retentor_de_impurezas_de_aguas_pluviais.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de retentor de impureza de águas pluviais nos bueiros do município.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/250/indicacao_16.2022_-_sergio_colonello-_estacionamento_paralelo_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/250/indicacao_16.2022_-_sergio_colonello-_estacionamento_paralelo_-_2022.docx</t>
   </si>
   <si>
     <t>A implantação de estacionamento do tipo “paralelo” na Av. Brasil, nas proximidades do nº 135.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/251/indicacao_17.2022_-_sergio_colonello-faixa_elevada-2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/251/indicacao_17.2022_-_sergio_colonello-faixa_elevada-2022.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de faixa elevada na Rua Antônio Fernandes Garcia Filho, nas  proximidades do nº 169, Conjunto Oásis.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/252/indicacao_18.2022_-_paulo_henrique__-_cultivo_protegido_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/252/indicacao_18.2022_-_paulo_henrique__-_cultivo_protegido_-_2022.docx</t>
   </si>
   <si>
     <t>Estudo de viabilidade para realizar o levantamento dos Agricultores Familiares do Município de Terra Boa e a possibilidade de realização de Convênio com a SEAB para a implementação de ações e políticas de desenvolvimento rural sustentável – Cultivo Protegido e/ou implantar o Programa de Modernização da Olericultura em Nosso Município.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/253/indicacao_19.2022_-_paulo_henrique-_cultibo_de_planta_crotalaria-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/253/indicacao_19.2022_-_paulo_henrique-_cultibo_de_planta_crotalaria-_2022.docx</t>
   </si>
   <si>
     <t>Estudo de viabilidade para realizar aquisição de sementes da Planta Crotalárias para distribuição aos Munícipes para o plantio em terrenos baldios, jardins, vasos, praças e parques do Município de Terra Boa e Distrito do Malú.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/254/indicacao_20.2022_-_paulo_henrique_-_cameras_de_monitoramento-2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/254/indicacao_20.2022_-_paulo_henrique_-_cameras_de_monitoramento-2022.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade de instalação de Câmeras de Circuito Fechado de Televisão (Câmeras de Monitoramentos) nas Praças, Parques e Prédios Públicos do Município de Terra Boa e Distrito de Malú.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/255/indicacao_21.2022_-_paulo_henrique_-_programa_creche_12_meses.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/255/indicacao_21.2022_-_paulo_henrique_-_programa_creche_12_meses.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade da elaboração de Projeto Piloto visando a criação do “Programa Creche 12 Meses” (Programa Social), nas unidades de Educação Infantil da Rede Pública de Ensino de Terra Boa.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/256/indicacao_22-2022_-argemiro_-_piso_salarial_enfermeiros_-2022.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/256/indicacao_22-2022_-argemiro_-_piso_salarial_enfermeiros_-2022.pdf</t>
   </si>
   <si>
     <t>“Seja elaborado Projeto de Lei recepcionando a legislação federal, mais precisamente, da EMENDA CONSTITUCIONAL Nº 124, de 14 de julho de 2022, que incluiu os parágrafos 12 e 13 ao art. 198 da Constituição Federal, e a Lei Federal nº 14.434 de 4 de agosto de 2022, que fixou os pisos salarias para os enfermeiros (R$4.750,00), os técnicos de enfermagem (R$3.325,00), os auxiliares de enfermagem e as parteiras (R$2.375,00), a serem observados por pessoas jurídicas de direito público e de direito privado.”</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/257/indicacao_23.2022_-__sergio_colonello__-_faixa_levada_ruua_osvaldo_cruz_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/257/indicacao_23.2022_-__sergio_colonello__-_faixa_levada_ruua_osvaldo_cruz_-_2022.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de faixa elevada na Rua Osvaldo Cruz, em frente ao nº 221.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/258/indicacao_024.2022_-_paulo_henrique_-_musica_ao_vivo_e_lei_seca.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/258/indicacao_024.2022_-_paulo_henrique_-_musica_ao_vivo_e_lei_seca.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade de revisão da Lei Complementar 001/2003 e Lei Complementar 007/2011, a fim de que sejam simplificadas as exigências documentais para as liberações de execuções de músicas ao vivo ou qualquer sistema de ampliação mecânica de som nos estabelecimentos comerciais, inclusive com a possibilidade de criação de lei específica para regulamentar o assunto. Por fim, que sejam analisadas as mudanças aqui propostas para a “Lei Seca” (Lei 996/2009).</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_025.2022_-_paulo_henrique_-_programa_banco_de_racao.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_025.2022_-_paulo_henrique_-_programa_banco_de_racao.docx</t>
   </si>
   <si>
     <t>CRIAR O PROGRAMA BANCO DE RAÇÃO E UTENSÍLIOS NO MUNICÍPIO DE TERRA BOA – PR.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>WILSON WANDERLEI ESPOSTO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/260/indicacao_026.2022_-_wilson_esposto_-_transporte_gratuito_estudantes_universitarios.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/260/indicacao_026.2022_-_wilson_esposto_-_transporte_gratuito_estudantes_universitarios.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da regulamentação do transporte gratuito aos estudantes universitários, nos termos da Lei Federal nº 12.816/2013.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade da construção de abrigo (ponto de ônibus) em frente à Escola Municipal Manoel Marques Rosa – Ensino Fundamental, localizada no Distrito do Malú, Terra Boa/PR.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PEDRO FIDELES PEREIRA NETO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/262/indicacao_028.2022_-_pedro_neto_-_guarda_municipal.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/262/indicacao_028.2022_-_pedro_neto_-_guarda_municipal.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade para a criação e estruturação da Guarda Municipal de Terra Boa/PR.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/263/indicacao_028.2022_-_pedro_neto_-_guarda_municipal.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/263/indicacao_028.2022_-_pedro_neto_-_guarda_municipal.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade para a criação e estruturação do Departamento Municipal de Trânsito de Terra Boa/PR.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/264/indicacao_30.2022_-_wilson_esposto_-recape_ruas_malu_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/264/indicacao_30.2022_-_wilson_esposto_-recape_ruas_malu_2022.docx</t>
   </si>
   <si>
     <t>O recapeamento asfáltico das Ruas Palmital, Rua Quirino Dias Reis, Rua Figueira e Rua Antonio Belini, no Distrito de Malu Município de Terra Boa /Pr.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>APARECIDO DA SILVA, PEDRO FIDELES PEREIRA NETO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/265/indicacao_031-2022__-_aparecido_da_silva__e_pedro_neto_redutor_velocidade__altura_no994__-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/265/indicacao_031-2022__-_aparecido_da_silva__e_pedro_neto_redutor_velocidade__altura_no994__-_2022.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de redutor de velocidade na Rua Pres. Kenedy, altura do nº 994, entroncamento com as Ruas Manoel Ribas, David Marques dos Santos e Carlos Gentil Magalhães.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/266/indicacao_032.2022_-_aparecido_e_pedro_neto_-_redutor_de_velocidade_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/266/indicacao_032.2022_-_aparecido_e_pedro_neto_-_redutor_de_velocidade_-_2022.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de redutor de velocidade na Rua Mário Preto, próximo ao Mercado Bonanza, nº56.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/267/indicacao_033.2022_-_wilson_esposto_-_troca_de_piso_pre_tia_maria_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/267/indicacao_033.2022_-_wilson_esposto_-_troca_de_piso_pre_tia_maria_-_2022.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade da troca dos pisos das salas de aula CMEI Tia Maria C F Rodriguez Terra Boa/PR.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/268/indicacao_034.2022_-_fabio_-_parquinho_vila_rural_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/268/indicacao_034.2022_-_fabio_-_parquinho_vila_rural_-_2022.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade da instalação de parquinho infantil nas Vilas Rurais Nova Jerusalém e Recanto Verde.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/269/indicacao_035.2022_-_fabio_ponto_de_onibus_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/269/indicacao_035.2022_-_fabio_ponto_de_onibus_-_2022.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade da instalação de ponto de ônibus na Vila Rural Nova Jerusalém, no cruzamento das Ruas São Judas Tadeu e São Rafael.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/270/indicacao_036.2022_-_sergio_colonello_-_providencias_cemiterio_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/270/indicacao_036.2022_-_sergio_colonello_-_providencias_cemiterio_-_2022.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura estude a viabilidade da instalação de câmeras de segurança e de superpostes de iluminação, bem como a contratação de vigilância noturna  para o Cemitério Municipal, em razão dos recentes casos registrados de furtos e vandalismo.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/271/indicacao_37.2022_-_wilson_esposto_-reforma_praca__malu_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/271/indicacao_37.2022_-_wilson_esposto_-reforma_praca__malu_2022.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade da reforma na Praça Luiz Peraro Distrito de Malu Terra Boa/PR.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/272/indicacao_038.2022_-_paulo_henrique_-_biblioteca_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/272/indicacao_038.2022_-_paulo_henrique_-_biblioteca_-_2022.docx</t>
   </si>
   <si>
     <t>Estudo de viabilidade para promover melhorias e aquisição de equipamentos, acessórios e livros para a Biblioteca Cidadã e, realizar campanhas de conscientização, divulgação e promoções de leituras.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da Instalação de redutor de velocidade na Rua Sebastião Carlos Ribeiro, Residencial Terra Boa, nas  proximidade da residência nº 157.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_040.2022_-sergio_colonello_-_espelho_convexos_transito_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_040.2022_-sergio_colonello_-_espelho_convexos_transito_-_2022.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura estude a viabilidade da instalação de espelhos convexos para auxiliar o trânsito no entorno da “Praça da Feirinha”, localizada no entroncamento das Ruas Marechal Mascarenhas de Moraes, Osvaldo Cruz e Padre Tadeu Zienski.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/275/indicacao_041.2022_-sergio_colonello_-_rampa_carga_e_descarga_-2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/275/indicacao_041.2022_-sergio_colonello_-_rampa_carga_e_descarga_-2022.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura estude a viabilidade da construção de rampa de uso comunitário para a carga e descarga de caminhões, máquinas agrícolas, tratores e etc., nas proximidades da Cocamar – saída para Engenheiro Beltrão.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/276/indicacao_042.2022_-_pequeno_-_redutor.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/276/indicacao_042.2022_-_pequeno_-_redutor.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo estude a viabilidade da instalação de redutores de velocidade na Av. Melvin Jones, em frente ao nº 1.236 e em frente à Padaria Confiança.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/277/indicacao_043.2022_-_paulo_henrique_-_numeracao_predial.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/277/indicacao_043.2022_-_paulo_henrique_-_numeracao_predial.docx</t>
   </si>
   <si>
     <t>Estudo de viabilidade para realizar o levantamento dos imóveis de Terra Boa que não possuem numeração predial, promover ações de conscientizações aos Munícipes, corrigir os números errados, solicitar a correção e alteração dos números prediais e, criar Lei Específica.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>Mo</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/322/mocao_de_pesar_-_nidia_correta-2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/322/mocao_de_pesar_-_nidia_correta-2022.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR à família, pelo falecimento da SRA. NÍDIA BARBOSA DE CARVALHO, ocorrido no dia 10 de dezembro deste ano de 2022. A Senhora Nídia Barbosa de Carvalho, nascida em 27 de Janeiro do ano de 1951, na cidade de Pompeia/SP, casada com o Sr. Militão Rodrigues Filho, Professora chegou a Terra Boa com sua família no ano de 1.969, seus filhos Diogenes, Lilian e Luciane. Lecionou no Distrito de Malu, no Colégio Estadual Helena Kolody Ensino Médio, Diretora do Colégio Estadual Helena Kolody Ensino Médio por 12 anos. Foram 32 anos de serviços prestados na Educação do Munícipio.</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei executivo</t>
   </si>
   <si>
     <t>Poder Executivo (Prefeitura) - Pe</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº_x000D_
 029/2022, de Autoria do Poder Executivo Municipal – “AUTORIZA O PODER_x000D_
 EXECUTIVO MUNICIPAL A PROCEDER A SUBDIVISÃO, PERMUTA E ANEXAÇÃO DE_x000D_
 ÁREA DE PROPRIEDADE DO MUNICÍPIO E DE TERCEIROS NA FORMA QUE_x000D_
 ESPECIFICA.”</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_001_-_2022_-_reajuste_33_professores_2_paulo_henrique_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_001_-_2022_-_reajuste_33_professores_2_paulo_henrique_-_2022.docx</t>
   </si>
   <si>
     <t>O Vereador Paulo Henrique Neves de Oliveira, no uso de suas atribuições, que lhe foram conferidas através do Regimento Interno da Câmara Municipal de Terra Boa-PR, após ouvido o soberano Plenário, vem à presença do Prefeito Municipal verificar a possibilidade do reajuste do piso do magistério, para o presente exercício, no índice de 33,23%.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_002_-_2022_-_licitacoes.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_002_-_2022_-_licitacoes.docx</t>
   </si>
   <si>
     <t>O Vereador Paulo Henrique Neves de Oliveira, no uso de suas atribuições, que lhe foram conferidas por intermédio do Regimento Interno da Câmara Municipal de Terra Boa-PR, após ouvido o soberano Plenário, vem, à presença do Prefeito Municipal, solicitar esclarecimentos sobre a implementação da Lei Complementar Municipal nº 01/2021, que estabelece o regime jurídico diferenciado, favorecido e simplificado às microempresas e empresas de pequeno porte estabelecidas em Terra Boa.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/382/requerimento_003_-_2022_-_acs_e_ace_-vereador_paulo_henrique_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/382/requerimento_003_-_2022_-_acs_e_ace_-vereador_paulo_henrique_-_2022.docx</t>
   </si>
   <si>
     <t>O Vereador Paulo Henrique Neves de Oliveira, no uso de suas atribuições e com fulcro no art. 220 do Regimento Interno da Câmara Municipal de Terra Boa-PR, após ouvido o soberano Plenário, vem, à presença do Prefeito Municipal, solicitar esclarecimentos sobre o Incentivo Financeiro aos agentes comunitários de saúde (ACS) e aos agentes de combate às endemias (ACE).</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/383/requerimento_004_-_2022_-_festa_municipal.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/383/requerimento_004_-_2022_-_festa_municipal.docx</t>
   </si>
   <si>
     <t>O Vereador Paulo Henrique Neves de Oliveira, no uso de suas atribuições, que lhe foram conferidas através do Regimento Interno da Câmara Municipal de Terra Boa-PR, após ouvido o soberano Plenário, vem à presença do Prefeito solicitar documentos e informações referentes à prestação de contas da Festa Municipal de Terra Boa –PR.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>AMARILDO APARECIDO BOVO, PAULO HENRIQUE NEVES DE OLIVEIRA, PEDRO FIDELES PEREIRA NETO, WILSON WANDERLEI ESPOSTO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/352/projeto_de_lei_iniciativa_da_camara_no_01.2022_-_revisao_geral_anual_servidores_1.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/352/projeto_de_lei_iniciativa_da_camara_no_01.2022_-_revisao_geral_anual_servidores_1.docx</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Legislativo a recompor os vencimentos dos Servidores Públicos Municipais da Câmara Municipal de Terra Boa pelo Índice Nacional de Preços ao Consumidor Amplo (IPCA).</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>AMARILDO APARECIDO BOVO, ARGEMIRO GARCIA JÚNIOR, PAULO HENRIQUE NEVES DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_iniciativa_da_camara_no_02.2022_-_revisao_geral_anual_prefeito_vice_secretarios.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_iniciativa_da_camara_no_02.2022_-_revisao_geral_anual_prefeito_vice_secretarios.docx</t>
   </si>
   <si>
     <t>Concede revisão geral anual, a título de recomposição salarial, ao  Prefeito, Vice-Prefeito e Secretários, calculados com base no Índice Nacional de Preços ao Consumidor Amplo (IPCA).</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/354/projeto_de_lei_iniciativa_da_camara_no_03.2022_-_revisao_geral_anual_vereadores.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/354/projeto_de_lei_iniciativa_da_camara_no_03.2022_-_revisao_geral_anual_vereadores.docx</t>
   </si>
   <si>
     <t>Concede revisão geral anual aos Vereadores, a título de recomposição salarial, calculada com base no Índice Nacional de Preços ao Consumidor Amplo (IPCA).</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_de_lei_iniciativa_da_camara_no_04.2022_-_altera_valor_auxilio_alimentacao_2.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_de_lei_iniciativa_da_camara_no_04.2022_-_altera_valor_auxilio_alimentacao_2.docx</t>
   </si>
   <si>
     <t>Altera-se o artigo 1º, caput, da Lei Municipal nº 1.609 de 2020, que Institui no âmbito da Câmara Municipal de Terra Boa/Pr o auxílio-alimentação.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_iniciativa_da_camara_no_05.2022-_reconhece_a_uvepar_entidade_reresentativa_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_iniciativa_da_camara_no_05.2022-_reconhece_a_uvepar_entidade_reresentativa_-_2022.docx</t>
   </si>
   <si>
     <t>Reconhece a UNIÃO DE CÂMARAS, VEREADORES E GESTORES PÚBLICOS DO PARANÁ - UVEPAR, como entidade representativa da Câmara Municipal de Terra Boa.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/357/pr07421.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/357/pr07421.doc</t>
   </si>
   <si>
     <t>Denomina o Industrial Terra Park e suas vias públicas na forma que especifica.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/358/pr02a61.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/358/pr02a61.doc</t>
   </si>
   <si>
     <t>Disciplina a denominação de vias, logradouros e próprios públicos municipais.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>AMARILDO APARECIDO BOVO, APARECIDO DA SILVA, ARGEMIRO GARCIA JÚNIOR, FABIANO MACEDO CARDOSO, PAULO HENRIQUE NEVES DE OLIVEIRA, PEDRO FIDELES PEREIRA NETO, SERGIO RICARDO COLONELLO, VALDECI ALVES DE SOUZA, WILSON WANDERLEI ESPOSTO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_iniciativa_da_camara_no_08.2022_-_denomina_capela_mortuaria.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_iniciativa_da_camara_no_08.2022_-_denomina_capela_mortuaria.docx</t>
   </si>
   <si>
     <t>Denomina logradouro público na forma que especifica.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_iniciativa_da_camara_no_09.2022_-_jardim_nova_rosa_1.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_iniciativa_da_camara_no_09.2022_-_jardim_nova_rosa_1.docx</t>
   </si>
   <si>
     <t>Aperfeiçoa a Lei Municipal nº 1.347/2015.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_iniciativa_da_camara_no_10.2022_-_ernesto_de_paiva.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_iniciativa_da_camara_no_10.2022_-_ernesto_de_paiva.docx</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei Municipal nº 1.608/2020.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_iniciativa_da_camara_no_11.2022_-_jardim_ribeiro.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_iniciativa_da_camara_no_11.2022_-_jardim_ribeiro.docx</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.411/2016.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_iniciativa_da_camara_no_12.2022_-_identificacao_terrenos_baldios.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_iniciativa_da_camara_no_12.2022_-_identificacao_terrenos_baldios.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de colocação de placa de identificação nos imóveis urbanos de propriedade e de uso do Município de Terra Boa.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_iniciativa_da_camara_no_13.2022_-_auxilio_alimentacao_-_correto_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_iniciativa_da_camara_no_13.2022_-_auxilio_alimentacao_-_correto_-_2022.docx</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.609/2020, que institui no âmbito da Câmara Municipal de Terra Boa/Pr o auxílio-alimentação.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/365/pr61481.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/365/pr61481.doc</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei Municipal nº 1.629/2020.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_iniciativa_da_camara_no_15.2022_-_veda_a_nomeacao_de_condenados_pela_lmp_1.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_iniciativa_da_camara_no_15.2022_-_veda_a_nomeacao_de_condenados_pela_lmp_1.docx</t>
   </si>
   <si>
     <t>Veda a nomeação pela Administração Pública Direta e Indireta de Terra Boa de pessoas condenadas pela Lei Federal nº 11.340/2006.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/367/projeto_de_lei_iniciativa_da_camara_no_16.2022_-_permuta_-_2022.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/367/projeto_de_lei_iniciativa_da_camara_no_16.2022_-_permuta_-_2022.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder a permuta e a desafetação de área de propriedade do Município, na forma que especifica.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_de_lei_iniciativa_da_camara_no_17.2022_-_autismo.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_de_lei_iniciativa_da_camara_no_17.2022_-_autismo.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento e vagas de estacionamento preferenciais às pessoas com Transtorno do Espectro Autista e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1174,68 +1174,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/233/indicacao_01.22_-_fabio_e_pedro_-_parque_infantil_-_2022.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/236/indicacao_02.22_-_valdeci__-_redutor_velocidade__rua_manaus_no97_-_2022_-.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/237/indicacao_03.22_-_paulo_henrique__-_destoca__de_troncos_-_2022.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/238/indicacao_04.22_-_paulo_henrique_-_programa_wifi_para_todos_-_2022.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/239/indicacao_05.22_-_sergio_colonello_-_brinquedos_para_criancas_com_deficiencia_-_2022.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_06.22_-_fabio-_redutor_velocidade_-_2022.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/241/indicacao_07.22_-_sergio_colonello_-_implantacao_de_via_de_sentido_unico_na_rua_iguatemi_-_2022.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/242/indicacao_08.22_-_pequeno_-_arborizacao_praca_santos_dumont.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/243/indicacao_09.22_-_fabio_-_redutor_velocidade.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/244/indicacao_10.22-_tato_-_rotatoria.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/245/indicacao_11.22_-_fabio_-_faixa_elevada.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/246/indicacao_12.22_-_pequeno_-_redutor_velocidade.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_13.22_-_pequeno_-_redutor_velocidade.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/248/indicacao_14.22_-_argemiro_-_piso_agente_de_saude_e_de_endemias.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/249/indicacao_15.22_-_sergio_colonello_-_retentor_de_impurezas_de_aguas_pluviais.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/250/indicacao_16.2022_-_sergio_colonello-_estacionamento_paralelo_-_2022.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/251/indicacao_17.2022_-_sergio_colonello-faixa_elevada-2022.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/252/indicacao_18.2022_-_paulo_henrique__-_cultivo_protegido_-_2022.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/253/indicacao_19.2022_-_paulo_henrique-_cultibo_de_planta_crotalaria-_2022.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/254/indicacao_20.2022_-_paulo_henrique_-_cameras_de_monitoramento-2022.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/255/indicacao_21.2022_-_paulo_henrique_-_programa_creche_12_meses.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/256/indicacao_22-2022_-argemiro_-_piso_salarial_enfermeiros_-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/257/indicacao_23.2022_-__sergio_colonello__-_faixa_levada_ruua_osvaldo_cruz_-_2022.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/258/indicacao_024.2022_-_paulo_henrique_-_musica_ao_vivo_e_lei_seca.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_025.2022_-_paulo_henrique_-_programa_banco_de_racao.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/260/indicacao_026.2022_-_wilson_esposto_-_transporte_gratuito_estudantes_universitarios.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/262/indicacao_028.2022_-_pedro_neto_-_guarda_municipal.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/263/indicacao_028.2022_-_pedro_neto_-_guarda_municipal.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/264/indicacao_30.2022_-_wilson_esposto_-recape_ruas_malu_2022.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/265/indicacao_031-2022__-_aparecido_da_silva__e_pedro_neto_redutor_velocidade__altura_no994__-_2022.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/266/indicacao_032.2022_-_aparecido_e_pedro_neto_-_redutor_de_velocidade_-_2022.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/267/indicacao_033.2022_-_wilson_esposto_-_troca_de_piso_pre_tia_maria_-_2022.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/268/indicacao_034.2022_-_fabio_-_parquinho_vila_rural_-_2022.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/269/indicacao_035.2022_-_fabio_ponto_de_onibus_-_2022.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/270/indicacao_036.2022_-_sergio_colonello_-_providencias_cemiterio_-_2022.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/271/indicacao_37.2022_-_wilson_esposto_-reforma_praca__malu_2022.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/272/indicacao_038.2022_-_paulo_henrique_-_biblioteca_-_2022.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_040.2022_-sergio_colonello_-_espelho_convexos_transito_-_2022.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/275/indicacao_041.2022_-sergio_colonello_-_rampa_carga_e_descarga_-2022.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/276/indicacao_042.2022_-_pequeno_-_redutor.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/277/indicacao_043.2022_-_paulo_henrique_-_numeracao_predial.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/322/mocao_de_pesar_-_nidia_correta-2022.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_001_-_2022_-_reajuste_33_professores_2_paulo_henrique_-_2022.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_002_-_2022_-_licitacoes.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/382/requerimento_003_-_2022_-_acs_e_ace_-vereador_paulo_henrique_-_2022.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/383/requerimento_004_-_2022_-_festa_municipal.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/352/projeto_de_lei_iniciativa_da_camara_no_01.2022_-_revisao_geral_anual_servidores_1.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_iniciativa_da_camara_no_02.2022_-_revisao_geral_anual_prefeito_vice_secretarios.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/354/projeto_de_lei_iniciativa_da_camara_no_03.2022_-_revisao_geral_anual_vereadores.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_de_lei_iniciativa_da_camara_no_04.2022_-_altera_valor_auxilio_alimentacao_2.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_iniciativa_da_camara_no_05.2022-_reconhece_a_uvepar_entidade_reresentativa_-_2022.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/357/pr07421.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/358/pr02a61.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_iniciativa_da_camara_no_08.2022_-_denomina_capela_mortuaria.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_iniciativa_da_camara_no_09.2022_-_jardim_nova_rosa_1.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_iniciativa_da_camara_no_10.2022_-_ernesto_de_paiva.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_iniciativa_da_camara_no_11.2022_-_jardim_ribeiro.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_iniciativa_da_camara_no_12.2022_-_identificacao_terrenos_baldios.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_iniciativa_da_camara_no_13.2022_-_auxilio_alimentacao_-_correto_-_2022.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/365/pr61481.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_iniciativa_da_camara_no_15.2022_-_veda_a_nomeacao_de_condenados_pela_lmp_1.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/367/projeto_de_lei_iniciativa_da_camara_no_16.2022_-_permuta_-_2022.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_de_lei_iniciativa_da_camara_no_17.2022_-_autismo.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/233/indicacao_01.22_-_fabio_e_pedro_-_parque_infantil_-_2022.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/236/indicacao_02.22_-_valdeci__-_redutor_velocidade__rua_manaus_no97_-_2022_-.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/237/indicacao_03.22_-_paulo_henrique__-_destoca__de_troncos_-_2022.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/238/indicacao_04.22_-_paulo_henrique_-_programa_wifi_para_todos_-_2022.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/239/indicacao_05.22_-_sergio_colonello_-_brinquedos_para_criancas_com_deficiencia_-_2022.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/240/indicacao_06.22_-_fabio-_redutor_velocidade_-_2022.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/241/indicacao_07.22_-_sergio_colonello_-_implantacao_de_via_de_sentido_unico_na_rua_iguatemi_-_2022.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/242/indicacao_08.22_-_pequeno_-_arborizacao_praca_santos_dumont.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/243/indicacao_09.22_-_fabio_-_redutor_velocidade.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/244/indicacao_10.22-_tato_-_rotatoria.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/245/indicacao_11.22_-_fabio_-_faixa_elevada.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/246/indicacao_12.22_-_pequeno_-_redutor_velocidade.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/247/indicacao_13.22_-_pequeno_-_redutor_velocidade.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/248/indicacao_14.22_-_argemiro_-_piso_agente_de_saude_e_de_endemias.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/249/indicacao_15.22_-_sergio_colonello_-_retentor_de_impurezas_de_aguas_pluviais.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/250/indicacao_16.2022_-_sergio_colonello-_estacionamento_paralelo_-_2022.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/251/indicacao_17.2022_-_sergio_colonello-faixa_elevada-2022.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/252/indicacao_18.2022_-_paulo_henrique__-_cultivo_protegido_-_2022.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/253/indicacao_19.2022_-_paulo_henrique-_cultibo_de_planta_crotalaria-_2022.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/254/indicacao_20.2022_-_paulo_henrique_-_cameras_de_monitoramento-2022.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/255/indicacao_21.2022_-_paulo_henrique_-_programa_creche_12_meses.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/256/indicacao_22-2022_-argemiro_-_piso_salarial_enfermeiros_-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/257/indicacao_23.2022_-__sergio_colonello__-_faixa_levada_ruua_osvaldo_cruz_-_2022.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/258/indicacao_024.2022_-_paulo_henrique_-_musica_ao_vivo_e_lei_seca.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_025.2022_-_paulo_henrique_-_programa_banco_de_racao.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/260/indicacao_026.2022_-_wilson_esposto_-_transporte_gratuito_estudantes_universitarios.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/262/indicacao_028.2022_-_pedro_neto_-_guarda_municipal.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/263/indicacao_028.2022_-_pedro_neto_-_guarda_municipal.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/264/indicacao_30.2022_-_wilson_esposto_-recape_ruas_malu_2022.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/265/indicacao_031-2022__-_aparecido_da_silva__e_pedro_neto_redutor_velocidade__altura_no994__-_2022.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/266/indicacao_032.2022_-_aparecido_e_pedro_neto_-_redutor_de_velocidade_-_2022.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/267/indicacao_033.2022_-_wilson_esposto_-_troca_de_piso_pre_tia_maria_-_2022.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/268/indicacao_034.2022_-_fabio_-_parquinho_vila_rural_-_2022.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/269/indicacao_035.2022_-_fabio_ponto_de_onibus_-_2022.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/270/indicacao_036.2022_-_sergio_colonello_-_providencias_cemiterio_-_2022.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/271/indicacao_37.2022_-_wilson_esposto_-reforma_praca__malu_2022.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/272/indicacao_038.2022_-_paulo_henrique_-_biblioteca_-_2022.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/274/indicacao_040.2022_-sergio_colonello_-_espelho_convexos_transito_-_2022.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/275/indicacao_041.2022_-sergio_colonello_-_rampa_carga_e_descarga_-2022.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/276/indicacao_042.2022_-_pequeno_-_redutor.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/277/indicacao_043.2022_-_paulo_henrique_-_numeracao_predial.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/322/mocao_de_pesar_-_nidia_correta-2022.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/380/requerimento_001_-_2022_-_reajuste_33_professores_2_paulo_henrique_-_2022.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/381/requerimento_002_-_2022_-_licitacoes.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/382/requerimento_003_-_2022_-_acs_e_ace_-vereador_paulo_henrique_-_2022.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/383/requerimento_004_-_2022_-_festa_municipal.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/352/projeto_de_lei_iniciativa_da_camara_no_01.2022_-_revisao_geral_anual_servidores_1.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/353/projeto_de_lei_iniciativa_da_camara_no_02.2022_-_revisao_geral_anual_prefeito_vice_secretarios.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/354/projeto_de_lei_iniciativa_da_camara_no_03.2022_-_revisao_geral_anual_vereadores.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/355/projeto_de_lei_iniciativa_da_camara_no_04.2022_-_altera_valor_auxilio_alimentacao_2.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/356/projeto_de_lei_iniciativa_da_camara_no_05.2022-_reconhece_a_uvepar_entidade_reresentativa_-_2022.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/357/pr07421.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/358/pr02a61.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/359/projeto_de_lei_iniciativa_da_camara_no_08.2022_-_denomina_capela_mortuaria.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/360/projeto_de_lei_iniciativa_da_camara_no_09.2022_-_jardim_nova_rosa_1.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/361/projeto_de_lei_iniciativa_da_camara_no_10.2022_-_ernesto_de_paiva.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/362/projeto_de_lei_iniciativa_da_camara_no_11.2022_-_jardim_ribeiro.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/363/projeto_de_lei_iniciativa_da_camara_no_12.2022_-_identificacao_terrenos_baldios.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/364/projeto_de_lei_iniciativa_da_camara_no_13.2022_-_auxilio_alimentacao_-_correto_-_2022.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/365/pr61481.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/366/projeto_de_lei_iniciativa_da_camara_no_15.2022_-_veda_a_nomeacao_de_condenados_pela_lmp_1.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/367/projeto_de_lei_iniciativa_da_camara_no_16.2022_-_permuta_-_2022.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2022/368/projeto_de_lei_iniciativa_da_camara_no_17.2022_-_autismo.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="236.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="168" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="167.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>