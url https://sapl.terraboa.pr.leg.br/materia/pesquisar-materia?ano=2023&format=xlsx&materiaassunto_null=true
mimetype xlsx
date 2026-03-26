--- v0 (2025-12-22)
+++ v1 (2026-03-26)
@@ -54,1185 +54,1185 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>In</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>VALDECI ALVES DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de placas indicativas com nomenclatura de ruas nos Jardins Vale Verde, Nova Aurora e Maria José.</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>SERGIO RICARDO COLONELLO, PAULO HENRIQUE NEVES DE OLIVEIRA, PEDRO FIDELES PEREIRA NETO, VALDECI ALVES DE SOUZA</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/2/organograma_camara_terra_boa.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/2/organograma_camara_terra_boa.pdf</t>
   </si>
   <si>
     <t>gfgfgsfdgfdgfdsgdsfgdfgdfgdfgfd</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, por meio da Secretaria_x000D_
 Municipal de Esportes, estude a viabilidade de oferecer_x000D_
 materiais esportivos para os alunos que praticam treino de_x000D_
 futebol, em especial uniformes completos, chuteiras e_x000D_
 luvas.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_025.2023_-_valdeci_-_bebedouro_pracas.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_025.2023_-_valdeci_-_bebedouro_pracas.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da_x000D_
 instalação de bebedouros públicos com água gelada nas_x000D_
 Praças Santos Dumont, João XXIII e Luiz Peraro</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>SERGIO RICARDO COLONELLO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_026.2023_-_colonello_-_feira_noturna_-_praca_santos_dumont.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_026.2023_-_colonello_-_feira_noturna_-_praca_santos_dumont.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade_x000D_
 de autorizar a realização de feira noturna_x000D_
 quinzenalmente na praça Santos Dumont, com o_x000D_
 objetivo de oferecer uma opção de lazer e compra para_x000D_
 a população, bem como incentivar os produtores e_x000D_
 comerciantes locais</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_006.2023_-sergio_colonello_faixa_elevada-_congregacao_do_brasil_-2023.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_006.2023_-sergio_colonello_faixa_elevada-_congregacao_do_brasil_-2023.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de faixa elevada em frente à Igreja Congregação Cristã no Brasil, localizada na Rua Gastão Vidigal, 284, Terra Boa – Paraná.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>APARECIDO DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_007.2023_-pequeno_-_remissao_tributaria_-_2023.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_007.2023_-pequeno_-_remissao_tributaria_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da concessão de remissão de crédito tributário para contribuintes com renda familiar não superior a 02 salários mínimos.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PEDRO FIDELES PEREIRA NETO</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da criação da “Praça dos Pioneiros” de Terra Boa.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_009.2023_-_bigode_-_redutor_de_velocidade-_rua_maraba_-2023.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_009.2023_-_bigode_-_redutor_de_velocidade-_rua_maraba_-2023.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de redutor de velocidade na Rua Marabá – Vila da Fraternidade, nas proximidades da residência nº 71.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>ARGEMIRO GARCIA JÚNIOR</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da adesão ao Projeto Poliniza Paraná, desenvolvido pelo Governo do Estado do Paraná.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_011.2023_-_fabio__-_sseguranca_nas_escolas_-_2023.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_011.2023_-_fabio__-_sseguranca_nas_escolas_-_2023.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, em conjunto com os órgãos de segurança pública do Estado, estude medidas para reforçar a segurança das escolas públicas e privadas de Terra Boa.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_012.2023_-_sergio_colonello_-_faixa_elevada-2023.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_012.2023_-_sergio_colonello_-_faixa_elevada-2023.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de faixa elevada na Rua Quero Quero – Conjunto Hilário, em frente ao nº 222.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_013.2023_-_colonello_-_brinquedos_para_criancas_com__deficiencia_-2023.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_013.2023_-_colonello_-_brinquedos_para_criancas_com__deficiencia_-2023.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal estude a viabilidade da instalação de brinquedos, especialmente um balanço, para crianças com deficiência na em todos os parques da Cidade de Terra Boa e Distrito de Malu.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_014.2023_-_pedro_neto_-_manutencao_de_academias_de_ti_-_substituicao_de_bandeira_e_palmeira1.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_014.2023_-_pedro_neto_-_manutencao_de_academias_de_ti_-_substituicao_de_bandeira_e_palmeira1.docx</t>
   </si>
   <si>
     <t>Que a Prefeitura Municipal promova a manutenção na Praça Santos Dumont dos aparelhos de ginástica das academias de terceira idade, a substituição de palmeira que está sem vida e a substituição das bandeiras do Brasil e demais Estados que estão danificadas.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>PAULO HENRIQUE NEVES DE OLIVEIRA</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_015.2023_-_paulo_henrique_-_fogo_sem_som_-2023.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_015.2023_-_paulo_henrique_-_fogo_sem_som_-2023.docx</t>
   </si>
   <si>
     <t>Estudo de viabilidade para alterar o Decreto 2.444/2019 ou criar a Lei que proíbe a utilização de fogos de artifícios com efeitos sonoros em todas as festividades e eventos no Município de Terra Boa e Distrito do Malú.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_016.2023_-_colonello_apoio_capoeira-aulas.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_016.2023_-_colonello_apoio_capoeira-aulas.docx</t>
   </si>
   <si>
     <t>Que estude a viabilidade em ceder um espaço adequado aos treinos de capoeira, com banheiros e ar condicionado no local de treino, solicita ainda o incentivo com a doação de instrumentos musicais como: pandeiros, berimbaus e atabaques (de couro e madeira), e também a disponibilização de tatames e sacos de pancadas, com o fim de garantir aos alunos em geral o incentivo à prática do referido esporte.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_017.2023_-_sergio_colonello_faixa_elevada_jardim_serra_oasis_e_outros-2023.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_017.2023_-_sergio_colonello_faixa_elevada_jardim_serra_oasis_e_outros-2023.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de faixa elevada na Rua Vale do Rio Preto com a Rua Paschoal Antônio, em frente ao número 10 no município de Terra Boa – Paraná.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>AMARILDO APARECIDO BOVO, APARECIDO DA SILVA, ARGEMIRO GARCIA JÚNIOR, FABIANO MACEDO CARDOSO, PAULO HENRIQUE NEVES DE OLIVEIRA, PEDRO FIDELES PEREIRA NETO, VALDECI ALVES DE SOUZA, WILSON WANDERLEI ESPOSTO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_018.2023-_projeto_de_reciclagem_desenvolvido_pela_professora_fran-2023-todos_ver..pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_018.2023-_projeto_de_reciclagem_desenvolvido_pela_professora_fran-2023-todos_ver..pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade de implantação e execução em nosso Município e Distrito de Malu do Projeto de Reciclagem desenvolvido pela Professora Franciele Ferreira Tibério com a turma do 5º ano A da Escola Municipal Professora Irene Mendes Alves Pereira – Ensino Fundamental para o Programa Agrinho, que busca amenizar problemas com a destinação do lixo, principalmente os lixos produzidos nos centros urbanos, facilitando o descarte correto e evitando assim prejuízo ao solo em razão do processo de decomposição dos produtos que devem ser reciclados.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>FABIANO MACEDO CARDOSO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_019.2023_-_fabiano_-_presidente_-_faixa_elevada.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_019.2023_-_fabiano_-_presidente_-_faixa_elevada.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de faixa elevada em frente a Escola Municipal Monteiro Lobato, localizada na Praça Professor Luís Palazi Pereira, 206, Vila da Fraternidade, Terra Boa – Paraná</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_020.2023_-_fabiano_-_presidente_-_redutor_de_velocidade.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_020.2023_-_fabiano_-_presidente_-_redutor_de_velocidade.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de redutor de velocidade na Rua Beija Flor, nas proximidades do nº 331.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_021.2023_-_fabio_-_copos_descartaveis_por_biodegradaveis.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_021.2023_-_fabio_-_copos_descartaveis_por_biodegradaveis.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade de implantação e execução nas Escolas Municipais de Terra Boa, Distrito de Malu e também nas demais repartições públicas da substituição dos copos plásticos pelos copos biodegradáveis, conforme proposto pelo Projeto desenvolvido pela Professora Maria Cristiane Griggio Sartore com a turma do 3º ano A da Escola Municipal Therezinha Apparecida Bagatin – Ensino Fundamental, que busca amenizar problemas com materiais recicláveis.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_022.2023_-_valdeci_-_redutor_de_velocidade1.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_022.2023_-_valdeci_-_redutor_de_velocidade1.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de redutor de velocidade na Rua João Francisco da Silva, nas proximidades do nº 294</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_023.2023_-_fabiano_-_presidente_-_ampliacao_e_refeitorio_capela_mortuaria.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_023.2023_-_fabiano_-_presidente_-_ampliacao_e_refeitorio_capela_mortuaria.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade de melhorias na Capela Mortuária Aparecido Macedo para que seja realizada a sua ampliação da cozinha e instalação de refeitório.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, por meio da Secretaria Municipal de Esportes, estude a viabilidade de oferecer materiais esportivos para os alunos que praticam treino de futebol, em especial uniformes completos, chuteiras e luvas.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_025.2023_-_valdeci_-_bebedouro_pracas.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_025.2023_-_valdeci_-_bebedouro_pracas.docx</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação de bebedouros públicos com água gelada nas Praças Santos Dumont, João XXIII e Luiz Peraro.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade de autorizar a realização de feira noturna quinzenalmente na praça Santos Dumont, com o objetivo de oferecer uma opção de lazer e compra para a população, bem como incentivar os produtores e comerciantes locais.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_027.2023_-_colonello_-_melhorias_entroncamento_rua_marialva_rui_barbosa_e_teruo_sakuno.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_027.2023_-_colonello_-_melhorias_entroncamento_rua_marialva_rui_barbosa_e_teruo_sakuno.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal por meio do _x000D_
 Departamento de Trânsito faça um estudo com o _x000D_
 objetivo de aplicar melhorias de mobilidade urbana_x000D_
 no entroncamento da Rua Marialva com a Rua Ari _x000D_
 Barroso e Rua Teruo Sakuno.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_028.2023_-_paulo_henrique_neves_de_oliveira_-_permutas_com_cedidos.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_028.2023_-_paulo_henrique_neves_de_oliveira_-_permutas_com_cedidos.pdf</t>
   </si>
   <si>
     <t>Realizar um estudo sobre todas as concessões/permissões de uso dos_x000D_
 imóveis da Prefeitura, cedidos às empresas de Terra Boa do Município_x000D_
 e, a possibilidade de realizar projetos de leis de permutas desses lotes_x000D_
 entre as empresas e o Executivo</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_029.2023_-_paulo_henrique_neves_de_oliveira_-_carga_horaria_-_enfermeiros_e_tecnicos_-_jornada_de_trabalho.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_029.2023_-_paulo_henrique_neves_de_oliveira_-_carga_horaria_-_enfermeiros_e_tecnicos_-_jornada_de_trabalho.pdf</t>
   </si>
   <si>
     <t>Realizar um estudo de viabilidade para alterar a carga horária de 36 horas para 40_x000D_
 horas semanais dos servidores no cargo de Agente de Serviços de Enfermagem e_x000D_
 Apoio e, Enfermeiros, ambos com 36 horas semanais.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>WILSON WANDERLEI ESPOSTO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_030.2023_-_wilson_wanderlei_esposto_-_redutor_de_velocidade_rua_terra_boa_malu.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_030.2023_-_wilson_wanderlei_esposto_-_redutor_de_velocidade_rua_terra_boa_malu.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade de_x000D_
 instalação de redutores de velocidade na Rua Terra Boa,_x000D_
 localizada no Distrito de Malu, assim como instalem sinalização_x000D_
 nas Ruas que cruzam com a Rua Terra Boa e são preferenciais.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_031.2023_-_argemiro_garcia_junior_-_repasse_ace_e_acs_-_incentivo.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_031.2023_-_argemiro_garcia_junior_-_repasse_ace_e_acs_-_incentivo.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal elabore Projeto de Lei e_x000D_
 encaminhe a esta Câmara de Vereadores, autorizado o repasse_x000D_
 aos Agentes de Combate à Endemias (ACE) e aos Agentes_x000D_
 Comunitários de Saúde (ACS), como incentivo financeiro_x000D_
 adicional, das parcelas recebidas do Ministério da Saúde.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_032.2023_-_argemiro_garcia_junior_-_recape_asfaltico.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_032.2023_-_argemiro_garcia_junior_-_recape_asfaltico.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal realize o recapeamento_x000D_
 asfáltico de todas as ruas localizadas do Condomínio_x000D_
 Residencial Antares, do Município de Terra Boa.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_033.2023_-_paulo_henrique_neves_de_oliveira_-_combate_a_obesidade.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_033.2023_-_paulo_henrique_neves_de_oliveira_-_combate_a_obesidade.pdf</t>
   </si>
   <si>
     <t>Realizar um estudo de viabilidade para Instituir a Política Municipal de_x000D_
 Combate à Obesidade e à Gordofobia no Município de Terra Boa.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_034.2023_-_paulo_henrique_neves_de_oliveira_-_programa_menos_dez.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_034.2023_-_paulo_henrique_neves_de_oliveira_-_programa_menos_dez.pdf</t>
   </si>
   <si>
     <t>Realizar um estudo de viabilidade para instituir o Programa Menos Dez_x000D_
 (-10) no Município de Terra Boa, Estado do Paraná.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_035.2023_-_paulo_henrique_neves_de_oliveira_-_material_escolar.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_035.2023_-_paulo_henrique_neves_de_oliveira_-_material_escolar.pdf</t>
   </si>
   <si>
     <t>Realizar um estudo de viabilidade para Instituir o Programa Auxílio Material_x000D_
 Escolar, aos alunos da rede pública municipal de ensino de Terra Boa</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_036.2023_-_fabiano_-_redutor_de_velocidade.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_036.2023_-_fabiano_-_redutor_de_velocidade.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação_x000D_
 de redutor de velocidade na Rua João Fernando da Silva, esquina com_x000D_
 a Rua Canarinho, situada no Jardim Sena II.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_037.2023_-_fabiano_-_presidente_-_cobertura_de_protecao_ubs.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_037.2023_-_fabiano_-_presidente_-_cobertura_de_protecao_ubs.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal estude a viabilidade da instalação_x000D_
 de cobertura de proteção nas Unidades Básicas de Saúde (UBS) de _x000D_
 Terra Boa e Distrito de Malu, ou naquelas que ainda não tenha, para _x000D_
 garantir proteção aos munícipes que frequentam as referidas_x000D_
 unidades durante a espera para agendamentos de consultas e _x000D_
 exames em dias de calor intenso e em dias de chuvosos</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Mo</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>Poder Legislativo (Câmara) - pl</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/280/mocao_de_agradecimento_no_01.2023_-_ao_dr._vinicius_-_advogado5.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/280/mocao_de_agradecimento_no_01.2023_-_ao_dr._vinicius_-_advogado5.docx</t>
   </si>
   <si>
     <t>A Câmara Municipal de Terra Boa, por intermédio do Vereador abaixo assinado, com amparo no artigo 166 do Regimento Interno desta Casa de Leis, apresenta MOÇÃO DE AGRADECIMENTO, com entrega de Certificado do Poder Legislativo, pelos relevantes serviços prestados a esta Casa Legislativa de Terra Boa/PR._x000D_
 Dr. Vinicius, prestou um excelente serviço a esta Câmara Municipal, tendo exercido com muita competência e dedicação o cargo de Procurador Jurídico, e, deixou como legado, o companheirismo, a fina educação, o compromisso com a execução das suas atribuições e, sobretudo, o apego à ética e à legalidade.</t>
   </si>
   <si>
     <t>ARGEMIRO GARCIA JÚNIOR, AMARILDO APARECIDO BOVO, APARECIDO DA SILVA, FABIANO MACEDO CARDOSO, PAULO HENRIQUE NEVES DE OLIVEIRA, PEDRO FIDELES PEREIRA NETO, SERGIO RICARDO COLONELLO, VALDECI ALVES DE SOUZA, WILSON WANDERLEI ESPOSTO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/13/06._mocao_06.2023_-_apoio_-_contra_aborto.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/13/06._mocao_06.2023_-_apoio_-_contra_aborto.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio para ser encaminhado à Presidência do_x000D_
 Congresso Nacional e a todos os Deputados em face da_x000D_
 iminente legalização do aborto por meio da ADPF 442_x000D_
 pelo STF, a fim de garantir prerrogativas constitucionais e_x000D_
 republicanas das competências do Poder Legislativo</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/40/07._mocao_07.2023_-_repudio_-_wilson_-_proj_lei_824.2023.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/40/07._mocao_07.2023_-_repudio_-_wilson_-_proj_lei_824.2023.pdf</t>
   </si>
   <si>
     <t>OÇÃO DE REPÚDIO ao Projeto de Lei nº 824/2023 de Autoria_x000D_
 do Tribunal de Justiça do Paraná com Emenda Aditiva, aprovado pela Assembleia_x000D_
 Legislativa do Estado do Paraná</t>
   </si>
   <si>
     <t>AMARILDO APARECIDO BOVO, APARECIDO DA SILVA, ARGEMIRO GARCIA JÚNIOR, FABIANO MACEDO CARDOSO, PAULO HENRIQUE NEVES DE OLIVEIRA, PEDRO FIDELES PEREIRA NETO, SERGIO RICARDO COLONELLO, VALDECI ALVES DE SOUZA, WILSON WANDERLEI ESPOSTO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/3/mocao_-_em_memoria_de_nelson_dalle_molle_-_2023.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/3/mocao_-_em_memoria_de_nelson_dalle_molle_-_2023.pdf</t>
   </si>
   <si>
     <t>moção de pesar Sargendo Dalle Molle</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>FABIANO MACEDO CARDOSO, AMARILDO APARECIDO BOVO, APARECIDO DA SILVA, ARGEMIRO GARCIA JÚNIOR, PAULO HENRIQUE NEVES DE OLIVEIRA, PEDRO FIDELES PEREIRA NETO, SERGIO RICARDO COLONELLO, VALDECI ALVES DE SOUZA, WILSON WANDERLEI ESPOSTO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/53/08._mocao_08.2023_-_congratulacoes_e_aplausos_-_equipe_de_futsal.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/53/08._mocao_08.2023_-_congratulacoes_e_aplausos_-_equipe_de_futsal.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que a presente subscrevem, nos termos do art. 166_x000D_
 caput e parágrafo único do Regimento Interno desta Casa, apresenta_x000D_
 requerimento de MOÇÃO DE CONGRATULAÇÃO E APLAUSOS em_x000D_
 reconhecimento desta Egrégia Casa Legislativa à Associação Esportiva Terra Boa,_x000D_
 que foram Campeões do Campeonato Paranaense de Futsal 2023 Série Bronze_x000D_
 Masculino.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei executivo</t>
   </si>
   <si>
     <t>Poder Executivo (Prefeitura) - Pe</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei____001____2023_-_recomposicao_anual_vencimentos_dos_servidores_publicos_-_2023.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei____001____2023_-_recomposicao_anual_vencimentos_dos_servidores_publicos_-_2023.doc</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a recompor os vencimentos dos Servidores Públicos Municipais de Terra Boa, e dá outras providências.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_-__002_-_2023_-_altera_o_artigo_1o_-_auxilio_alimentacao_-2023.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_-__002_-_2023_-_altera_o_artigo_1o_-_auxilio_alimentacao_-2023.doc</t>
   </si>
   <si>
     <t>Altera-se o artigo 1º, caput, da Lei Municipal n.º 1.306/2014 que instituiu o auxílio alimentação aos servidores públicos municipais ativos e aos contratados pelo regime CLT e dá outras providências.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Cultura do Município de Terra Boa-PR, e dá outras providências.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei__-_004_-_2023_-repasse_contribuicao_financeira_-_prestadores_de_servicos_sus_-_2023.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei__-_004_-_2023_-repasse_contribuicao_financeira_-_prestadores_de_servicos_sus_-_2023.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover o repasse em parcela única para os Prestadores de Serviços em âmbito do Sistema Único de Saúde – SUS no Estado do Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_-__005_-_2023_-cmdca_terra_boa_ii_-_2023_correto_aleterado_artigo_9o_pagina_03.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_-__005_-_2023_-cmdca_terra_boa_ii_-_2023_correto_aleterado_artigo_9o_pagina_03.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, CRIAÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DO FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, DO CONSELHO TUTELAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/309/projeto_de_lei_-__006_-_2023_-altera_o_paragrafo_1o_do_art_1o_da_lei_1737-2022_-transporte_coletiv.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/309/projeto_de_lei_-__006_-_2023_-altera_o_paragrafo_1o_do_art_1o_da_lei_1737-2022_-transporte_coletiv.doc</t>
   </si>
   <si>
     <t>Altera-se o parágrafo 1º, do artigo 1º, da Lei Municipal n.º 1.737/2022, que dispõe sobre a Gratificação de Transporte Coletivo (GTC) e Gratificação de Transporte Coletivo e Serviços Públicos (GTCSP) e dá outras providências.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_de_lei__-_007_-_2023_-altera_o_art_1o_-_auxilio_financeiro_asilo_-2023.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_de_lei__-_007_-_2023_-altera_o_art_1o_-_auxilio_financeiro_asilo_-2023.doc</t>
   </si>
   <si>
     <t>Súmula: Altera-se o artigo 1º, da Lei Municipal n.º 1.697/2022, de 23 de fevereiro 2022, que concede auxílio financeiro ao Asilo São Vicente de Paulo de Terra Boa, e dá outras providências.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/311/projeto_de_lei__-_008_-_2023_-altera_o_art_2o_-_taxa_de_coleta_de_lixo-2023.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/311/projeto_de_lei__-_008_-_2023_-altera_o_art_2o_-_taxa_de_coleta_de_lixo-2023.doc</t>
   </si>
   <si>
     <t>Alteram-se os artigos 2º, 3º, 6º, 9º, 10, caput e parágrafo único, bem como, revoga-se o artigo 11, caput e parágrafo único, todos da Lei Municipal n.º 1.735/2022, que regulamenta a Taxa de Coleta de Lixo no âmbito do Município de Terra Boa, Estado do Paraná e dá outras providências.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_de_lei_-__009_-_2023__altera_o_paragrafo_2o__art_51__tab._anexo_iv__lei_1725-2022-gratificacao.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_de_lei_-__009_-_2023__altera_o_paragrafo_2o__art_51__tab._anexo_iv__lei_1725-2022-gratificacao.doc</t>
   </si>
   <si>
     <t>: Altera-se o parágrafo 2º do artigo 51 e a Tabela de Gratificação constante no Anexo IV, todos da Lei Municipal n.º 1.725/2022, de 21 de setembro de 2022, que dispõe sobre o Plano de Cargos, Carreira e Remuneração dos Servidores Públicos da Administração Pública Direta do Município de Terra Boa, e dá outras providências.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para elaboração da Lei Orçamentária para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/314/011_-_gratificacao_de_atividade_especial_dos_enfermeiros_-_oontologos_e_auxiliares_saude_bucal4.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/314/011_-_gratificacao_de_atividade_especial_dos_enfermeiros_-_oontologos_e_auxiliares_saude_bucal4.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a Gratificação dos Profissionais de Enfermagem que prestam atividades de Coordenação nas Unidades Básicas de Saúde do Município, Profissionais de Odontologia e Auxiliares de Saúde Bucal que realizam procedimentos especiais na Atenção Primária, Nutricionistas que prestam atividades de Coordenação Hospitalar, e dá outras providências.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/315/projeto_de_lei_-__012_-2023__credito_especial_86.19260_laboratorios-2023.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/315/projeto_de_lei_-__012_-2023__credito_especial_86.19260_laboratorios-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza crédito especial na importância de até_x000D_
 86.192,60 (oitenta e seis mil cento e noventa e dois reais e_x000D_
 sessenta centavos)_x000D_
 Art. 1º - Fica o Executivo</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/316/projeto_de_lei_-__013_-_2023__alteram-se_os_anexos_ii_e_iv_ambos_da_lei_n.o_9662008_23_de_dezembro.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/316/projeto_de_lei_-__013_-_2023__alteram-se_os_anexos_ii_e_iv_ambos_da_lei_n.o_9662008_23_de_dezembro.doc</t>
   </si>
   <si>
     <t>Alteram-se os Anexos II e IV, ambos da Lei n.º 966/2008, de 23 de dezembro de 2008, que dispõe sobre a Organização Administrativa do Poder Executivo do Município de Terra Boa, e dá outras providências</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº _x000D_
 14/2023, de Autoria do Poder Executivo Municipal – “Dispõe acerca do _x000D_
 procedimento para o pagamento das requisições de pequeno valor – RPV devidas _x000D_
 pelo Município de Terra Boa e dá outras providências.”</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/317/projeto_de_lei_-__015_-_2023_-regulamenta_o_regime_de_tempo_integral_e_dedicacao_exclusiva_-_tide4.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/317/projeto_de_lei_-__015_-_2023_-regulamenta_o_regime_de_tempo_integral_e_dedicacao_exclusiva_-_tide4.doc</t>
   </si>
   <si>
     <t>Regulamenta o Regime de Tempo Integral e Dedicação Exclusiva – TIDE para os servidores públicos municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/318/projeto_de_lei_no016-2023_-_autoriza_a_permuta_de_imoveis_die.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/318/projeto_de_lei_no016-2023_-_autoriza_a_permuta_de_imoveis_die.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder a permuta e a desafetação de área de propriedade do Município, bem como a transformação de área em Travessa, na forma que especifica:</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº _x000D_
 17/2023, de Autoria do Poder Executivo Municipal – “Altera-se o artigo 9º, caput, _x000D_
 da Lei Municipal n.º 1.745/2023 que dispõe sobre a Política Municipal de _x000D_
 Atendimento dos Direitos da Criança e do Adolescente, criação do Conselho _x000D_
 Municipal dos Direitos da Criança e do Adolescente e do Fundo Municipal dos _x000D_
 Direitos da Criança e do Adolescente, do Conselho Tutelar, e dá outras _x000D_
 providências.”</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº _x000D_
 18/2023, de Autoria do Poder Executivo Municipal – “Autoriza o Poder Executivo _x000D_
 Municipal a promover o repasse da assistência financeira complementar ao _x000D_
 cumprimento do piso salarial nacional dos enfermeiros, técnicos e auxiliares em _x000D_
 enfermagem e parteiras, contratualizados e conveniados, referente ao exercício_x000D_
 financeiro do ano de 2023 e dá outras providências.”</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/12/019_-_projeto_de_lei_019-2023_-_loa_2024.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/12/019_-_projeto_de_lei_019-2023_-_loa_2024.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Terra Boa para o exercício de 2024.</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/15/019_-_projeto_de_lei_019-2023_-_loa_2024.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/15/019_-_projeto_de_lei_019-2023_-_loa_2024.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Terra Boa_x000D_
 para o exercício de 2024</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/44/021_proj_de_lei_-_autoriza_a_criar_area_de_zeis_-_lotes_221-c_e_221-d-1.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/44/021_proj_de_lei_-_autoriza_a_criar_area_de_zeis_-_lotes_221-c_e_221-d-1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a incluir o Lote de Terras _x000D_
 n.º 221-C e 221-D-1 (duzentos e vinte e um-C e _x000D_
 duzentos e vinte e um-D-um), da Gleba do _x000D_
 Patrimônio Terra Boa, situado no perímetro urbano, _x000D_
 com área de 15.225,56 metros quadrados, em Zona _x000D_
 Especial de Interesse Social (ZEIS), e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/68/022_proj_de_lei_-_aumenta_numero_de_vagas_assistente_social.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/68/022_proj_de_lei_-_aumenta_numero_de_vagas_assistente_social.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº_x000D_
 022/2023, de Autoria do Poder Executivo Municipal – “Altera o número de vagaspara_x000D_
  os cargos de Assistente Social e Psicólogo constantes do Anexo II da_x000D_
  LeiMunicipal n.º 1.725/2022, que dispõe sobre o Plano de Cargos, Carreira e_x000D_
 Remuneração dos Servidores Públicos da Administração Pública Direta do Município_x000D_
 de Terra Boa, Estado do Paraná, e dá outras providências.”</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/55/023_proj_de_lei_-_autoriza_a_alienacao_de_imoveis_urbanos_-_fundo_previdencia_municipal.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/55/023_proj_de_lei_-_autoriza_a_alienacao_de_imoveis_urbanos_-_fundo_previdencia_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Alienar Imóveis_x000D_
 Urbanos de Propriedade desta Municipalidade_x000D_
 através de Processo Licitatório Mediante Prévia_x000D_
 Avaliação e dá outras providências</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_lei_complementar_01.2023_-_parcelamento_itbi_-_argemiro.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_lei_complementar_01.2023_-_parcelamento_itbi_-_argemiro.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o pagamento parcelado do Imposto_x000D_
 sobre a Transmissão de Bens Imóveis - ITBI no_x000D_
 Município de Terra Boa e dá outras providências.</t>
   </si>
   <si>
     <t>PROJETO DE LEI _x000D_
 COMPLEMENTAR Nº 01/2023, de Autoria do Poder Legislativo Municipal – “DISPÕE _x000D_
 SOBRE O PAGAMENTO PARCELADO DO IMPOSTO SOBRE A TRANSMISSÃO DE BENS _x000D_
 IMÓVEIS - ITBI NO MUNICÍPIO DE TERRA BOA, DÁ NOVA REDAÇÃO AO §1º DO ART. _x000D_
 50 DA LEI COMPLEMENTAR Nº 6/2003 E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/35/005_proj_lei_complementar_-_altera_a_tabela_ii_-_do_codigo_de_uso_e_ocupacao_do_solo.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/35/005_proj_lei_complementar_-_altera_a_tabela_ii_-_do_codigo_de_uso_e_ocupacao_do_solo.pdf</t>
   </si>
   <si>
     <t>Altera a Tabela II inserida na Lei_x000D_
 Complementar n.º 003/2011, de 21.12.2011,_x000D_
 que dispõe sobre Zoneamento do Uso e_x000D_
 Ocupação do Solo do Município de Terra Boa e_x000D_
 dá outras providências</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/41/005_proj_lei_complementar_-_altera_a_tabela_ii_-_do_codigo_de_uso_e_ocupacao_do_solo.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/41/005_proj_lei_complementar_-_altera_a_tabela_ii_-_do_codigo_de_uso_e_ocupacao_do_solo.pdf</t>
   </si>
   <si>
     <t>Altera a Tabela II inserida na Lei_x000D_
 Complementar n.º 003/2011, de 21.12.2011,_x000D_
 que dispõe sobre Zoneamento do Uso e_x000D_
 Ocupação do Solo do Município de Terra Boa e_x000D_
 dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/36/006_proj_de_lei_complementar_-_acrescenta_o_paragrafo_3o_no_art_169_-_lc_7-2011.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/36/006_proj_de_lei_complementar_-_acrescenta_o_paragrafo_3o_no_art_169_-_lc_7-2011.pdf</t>
   </si>
   <si>
     <t>Inclui o parágrafo 3º, no artigo 169, da Lei_x000D_
 Complementar n.º 007/2011 de 21.12.2011, que dispõe_x000D_
 sobre o Código de Posturas do Município de Terra Boa,_x000D_
 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/37/007_proj_de_lei_complementar_-_altera_par_3o_do_art_52_-_lc_06-2011.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/37/007_proj_de_lei_complementar_-_altera_par_3o_do_art_52_-_lc_06-2011.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo 3º, do artigo 52, a Lei Complementar_x000D_
 n.º 006/2011 de 21.12.2011, que dispõe sobre o Código_x000D_
 de Obras e Edificações do Município de Terra Boa, e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/38/008_proj_de_lei_complementar_-_altera_par_3o_do_art_35_-_lc_03-2011_2.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/38/008_proj_de_lei_complementar_-_altera_par_3o_do_art_35_-_lc_03-2011_2.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo 3º, do artigo 35, a Lei Complementar_x000D_
 n.º 003/2011 de 21.12.2011, que dispõe sobre o_x000D_
 Zoneamento do Uso e Ocupação do Solo do Município_x000D_
 de Terra Boa, e dá outras providências.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/52/009_proj_de_lei_complementar_-_autoriza_a_criar_area_de_zeis_-_lotes_221-c_e_221-d-1.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/52/009_proj_de_lei_complementar_-_autoriza_a_criar_area_de_zeis_-_lotes_221-c_e_221-d-1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a incluir o Lote de Terras_x000D_
 n.º 221-C e 221-D-1 (duzentos e vinte e um-C e_x000D_
 duzentos e vinte e um-D-um), da Gleba do_x000D_
 Patrimônio Terra Boa, situado no perímetro urbano,_x000D_
 com área de 15.225,56 metros quadrados, em Zona_x000D_
 Especial de Interesse Social (ZEIS), e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_resolucao_iniciativa_da_camara_no_01.2023_-_altera_resolucao_das_diarias_dos_vereadores.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_resolucao_iniciativa_da_camara_no_01.2023_-_altera_resolucao_das_diarias_dos_vereadores.pdf</t>
   </si>
   <si>
     <t>A Comissão de Finanças e Orçamento, no uso de suas atribuições legais, encaminha_x000D_
 para apreciação e deliberação o Projeto de Resolução nº 01/2023, de autoria do Poder Legislativo_x000D_
 Municipal, cuja finalidade é alterar o Anexo I – Tabela de Valores de Diárias de Viagem, da Resolução nº_x000D_
 04/2019, a fim de reduzir os valores pagos aos Vereadores a título de diárias</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>O Vereador Paulo Henrique Neves de Oliveira, no uso de suas atribuições, que lhe foram conferidas por intermédio do Regimento Interno da Câmara Municipal de Terra Boa-PR, após ouvido o soberano Plenário, vem, à presença do Prefeito Municipal, solicitar esclarecimentos acerca da destinação do Kit de Judô recebido pelo Município no ano de 2022, por intermédio do Programa Educação Mais Esporte, Transforma Paraná.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO 2023-2024</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/289/requerimento_002_-_2023_-_salario_prefeito_e_vice_prefeito-2023.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/289/requerimento_002_-_2023_-_salario_prefeito_e_vice_prefeito-2023.docx</t>
   </si>
   <si>
     <t>A COMISSÃO DE FINANÇAS E ORÇAMENTO, no uso de suas atribuições, que lhe foram conferidas por intermédio do Regimento Interno da Câmara Municipal de Terra Boa, após ouvido o soberano Plenário, vem, à presença do Prefeito Municipal, requerer esclarecimentos acerca da diferença salarial constatada entre os meses de janeiro e fevereiro deste ano para os cargos de Prefeito e Vice-Prefeito.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/290/requerimento_003_-_2023_-_reajuste_enfermeiros_tecnicos_de_enfermagem_e_auxiliares3.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/290/requerimento_003_-_2023_-_reajuste_enfermeiros_tecnicos_de_enfermagem_e_auxiliares3.docx</t>
   </si>
   <si>
     <t>O Vereador Paulo Henrique Neves de Oliveira, no uso de suas atribuições, que lhe foram conferidas através do Regimento Interno da Câmara Municipal de Terra Boa-PR, após ouvido o soberano Plenário, vem à presença do Prefeito Municipal verificar a possibilidade do reajuste do piso salarial nacional do Enfermeiro, Técnico de Enfermagem e do Auxiliar de Enfermagem</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/291/requerimento_005_-_2023_-_sao_indispensaveis_para_analise_do_referido_projeto_de_lei_os_documentos.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/291/requerimento_005_-_2023_-_sao_indispensaveis_para_analise_do_referido_projeto_de_lei_os_documentos.pdf</t>
   </si>
   <si>
     <t>O Vereador Argemiro Garcia Junior , Vice Presidente da comissão de Constituição e Justiça , no uso de suas atribuições , que lhe foram concedidadas por intermédio do Regimento interno da Câmara de Terra Boa-PR, após ouvido o soberano plenário , vem a presença do Prefeito municipal , Solicitar o envio dos  documentos abaixo indicados para análise do projeto de lei nº16/2023.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/293/requerimento_006_-_2023_-_mocao_pesar-1.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/293/requerimento_006_-_2023_-_mocao_pesar-1.pdf</t>
   </si>
   <si>
     <t>O Vereador Fabiano Macedo Cardoso, Presidente desta Casa de Leis, no uso de suas atribuições, que lhe foram conferidas por intermédio do Regimento Interno da Câmara Municipal de Terra Boa-PR, nos termos do Art. 170, inciso XI do Regimento Interno, vem, requer a manifestação da Câmara através de Moção de Pesar pelo falecimento de Nelson Dalle Molle, que foi Sargento da Polícia Militar por muitos anos em nosso Município e Distrito de Malu.</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_007_-_2023_-_copel.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_007_-_2023_-_copel.pdf</t>
   </si>
   <si>
     <t>O Vereador Pedro Fideles Pereira Neto, no uso de suas atribuições, que lhe foram_x000D_
 conferidas por intermédio do Regimento Interno da Câmara Municipal de Terra Boa-PR, nos_x000D_
 termos do Art. 172, inciso II, vem, requer a manifestação da Câmara para que a COPEL preste_x000D_
 informações e esclareça os motivos de queda e falta de energia em nossa Cidade, até mesmo_x000D_
 em dias com condições climáticas consideradas normais, sem qualquer prévio aviso de_x000D_
 interrupção no fornecimento de energia ou instabilidade na rede elétrica.</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_008_-_2023_-_argemiro_-_repasse_previne_brasil.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_008_-_2023_-_argemiro_-_repasse_previne_brasil.pdf</t>
   </si>
   <si>
     <t>O Vereador Argemiro Garcia Junior, no uso de suas atribuições, que lhe foram_x000D_
 conferidas por intermédio do Regimento Interno da Câmara Municipal de Terra Boa-PR, nos_x000D_
 termos do Art. 172, inciso I, vem, requer que o Prefeito Municipal envie informações acerca_x000D_
 da prestação de contas dos valores repassados ao Município de Terra Boa, a título de Incentivo_x000D_
 Financeiro do Programa Previne Brasil aos profissionais integrantes das Equipes de Estratégia_x000D_
 Saúde da Família e Equipe de Atenção Primária e Núcleo de Apoio a Saúde da Família e demais_x000D_
 profissionais, conforme dispõe o § 1º do Art. 1º do DECRETO Nº 2.938/2021 .</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/34/requerimento_009_-_2023_-_argemiro_-_divulgacao_da_pauta.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/34/requerimento_009_-_2023_-_argemiro_-_divulgacao_da_pauta.pdf</t>
   </si>
   <si>
     <t>Argemiro Garcia Júnior, Vereador eleito para o mandado 2021/2024, ao final assinado, no uso_x000D_
 de suas atribuições, vem, respeitosamente à Vossa Excelência, inicialmente, parabeniza-lo, assim_x000D_
 como, sua Diretoria, o órgão de Comunicação da Câmara Municipal de Vereadores de Terra Boa e, a_x000D_
 todos os profissionais envolvidos, pelo trabalho prestado em vossa gestão, na restruturação e_x000D_
 divulgação da página oficial e redes sociais desta Casa Legislativa. Do mesmo modo, para fomentar_x000D_
 ainda mais o trabalho desenvolvido, requer se digne Vossa Excelência buscar promover o anúncio da_x000D_
 pauta e das matérias a serem debatidas na Ordem do Dia da sessão subsequente, ao final de cada_x000D_
 sessão, conforme recomenda o art. 119 do Regimento Interno desta Câmara de Vereadores1</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/39/requerimento_010_-_2023_-_hique_-_vale_alimentacao_gestantes.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/39/requerimento_010_-_2023_-_hique_-_vale_alimentacao_gestantes.pdf</t>
   </si>
   <si>
     <t>verificar a possibilidade de concessão de_x000D_
 vale alimentação às funcionárias em licença maternidade.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_011_-_2023_-_fabiano_macedo_cardoso_-_5g.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_011_-_2023_-_fabiano_macedo_cardoso_-_5g.pdf</t>
   </si>
   <si>
     <t>O Vereador Fabiano Macedo Cardoso, no uso de suas atribuições, que lhe foram conferidas _x000D_
 através do Regimento Interno da Câmara Municipal de Terra Boa-PR, após ouvido o soberano _x000D_
 Plenário, vem à presença do Prefeito Municipal verificar a possibilidade de alterar a Lei de _x000D_
 Telecomunicações em vigor (Lei Ordinária nº 1266/2013), para que viabilize o recebimento do _x000D_
 Município de Terra Boa de sinal de internet 5G</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/56/requerimento_012_-_2023_-_arrecadado_com_a_taxa_de_coleta_de_lixo.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/56/requerimento_012_-_2023_-_arrecadado_com_a_taxa_de_coleta_de_lixo.pdf</t>
   </si>
   <si>
     <t>O Vereador Paulo Henrique Neves de Oliveira, no uso de suas atribuições, que lhe foram conferidas_x000D_
 através do Regimento Interno da Câmara Municipal de Terra Boa-PR, após ouvido o soberano Plenário, vem_x000D_
 à presença do Prefeito Municipal solicitar informações a cerca do arrecadado com a taxa da coleta de lixo_x000D_
 no ano de 2023 no Município de Terra Boa.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/283/projet3.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/283/projet3.doc</t>
   </si>
   <si>
     <t>A Mesa Diretiva encaminha para apreciação e deliberação o Projeto de Lei nº 01/2023, de autoria do Poder Legislativo Municipal, cuja finalidade é a concessão da revisão geral anual dos vencimentos dos servidores públicos municipais da Câmara Municipal de Terra Boa, na mesma data e no mesmo índice da revisão concedida aos servidores públicos pertencentes aos quadros do Poder Executivo Municipal</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/284/projet4.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/284/projet4.doc</t>
   </si>
   <si>
     <t>A Comissão de Finanças e Orçamento da Câmara Municipal de Terra Boa, no uso de suas atribuições legais, encaminha para apreciação e deliberação o Projeto de Lei nº 02/2023, de autoria do Poder Legislativo Municipal, cuja finalidade é conceder aos Secretários Municipais a revisão geral anual, a título de recomposição salarial, no percentual de 5,93% (cinco vírgula noventa e três por cento), calculados com base no Índice Nacional de Preços ao Consumidor/IBGE (INPC/IBGE), referente ao acumulado no ano de 2022.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_iniciativa_da_camara_no_03.2023_-_reajuste_auxilio_alimentacao_-2023.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_iniciativa_da_camara_no_03.2023_-_reajuste_auxilio_alimentacao_-2023.docx</t>
   </si>
   <si>
     <t>A Mesa Diretiva, no uso de suas atribuições legais, encaminha para apreciação e deliberação o Projeto de Lei nº 03/2023, de autoria do Poder Legislativo Municipal, cuja finalidade é alterar o artigo 1º, caput, da Lei Municipal nº 1.609 de 2020, a fim de equiparar o auxílio alimentação pago aos servidores do Poder Legislativo e Executivo.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_iniciativa_da_camara_no_04.2023_-_denominacao_praca.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_iniciativa_da_camara_no_04.2023_-_denominacao_praca.docx</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem encaminham para apreciação e deliberação o Projeto de Lei nº 04/2023, de autoria do Poder Legislativo Municipal, que denomina logradouro público na forma que especifica._x000D_
 _x000D_
 A proposta está amparado pelo art. 16, inciso V, da Lei Orgânica local, que assim dispõe: _x000D_
 _x000D_
 Art. 16. Cabe a Câmara, com a sanção do Prefeito, dispor sobre matérias de interesse local, especialmente as definidas nos artigos 9º, 10º e 11 desta Lei Orgânica, como:_x000D_
 V- denominação de próprios, vias e logradouros, inclusive nos distritos;</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_iniciativa_da_camara_no_05.2023_-_fixa_subsidios_vereadores.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_iniciativa_da_camara_no_05.2023_-_fixa_subsidios_vereadores.pdf</t>
   </si>
   <si>
     <t>encaminha para apreciação_x000D_
 e deliberação dos nobres Vereadores o presente projeto de lei dispondo sobre a fixação do_x000D_
 subsídio dos Vereadores para a legislatura que se inicia em 1º de janeiro de 2025 e se_x000D_
 encerra em 31 de dezembro de 2028</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO 2023-2024, ARGEMIRO GARCIA JÚNIOR, PAULO HENRIQUE NEVES DE OLIVEIRA, SERGIO RICARDO COLONELLO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_iniciativa_da_camara_no_06.2023_-_fixa_subsidios_prefeito_vice_e_secretarios.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_iniciativa_da_camara_no_06.2023_-_fixa_subsidios_prefeito_vice_e_secretarios.pdf</t>
   </si>
   <si>
     <t>Art. 29. O Município reger-se-á por lei orgânica, votada em dois turnos, com_x000D_
 o interstício mínimo de dez dias, e aprovada por dois terços dos membros_x000D_
 da Câmara Municipal, que a promulgará, atendidos os princípios_x000D_
 estabelecidos nesta Constituição, na Constituição do respectivo Estado e os_x000D_
 seguintes preceitos:_x000D_
 V - subsídios do Prefeito, do Vice-Prefeito e dos Secretários Municipais_x000D_
 fixados por lei de iniciativa da Câmara Municipal, observado o que dispõem_x000D_
 os arts. 37, XI, 39, § 4º, 150, II, 153, III, e 153, § 2º, I;</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_iniciativa_da_camara_no_07.2023_-_altera_diarias_dos_servidores_da_camara.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_iniciativa_da_camara_no_07.2023_-_altera_diarias_dos_servidores_da_camara.pdf</t>
   </si>
   <si>
     <t>A Comissão de Finanças e Orçamento, no uso de suas atribuições legais,_x000D_
 encaminha para apreciação e deliberação o Projeto de Lei nº 07/2023, de autoria do Poder_x000D_
 Legislativo Municipal, cuja finalidade é alterar o Anexo I – Tabela de Valores de Diárias de Viagem,_x000D_
 da Lei Municipal 1.576/2019, a fim de reduzir os valores pagos aos Servidores da Câmara de_x000D_
 Vereadores a título de diárias.</t>
   </si>
   <si>
     <t>ARGEMIRO GARCIA JÚNIOR, CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO 2023-2024, PAULO HENRIQUE NEVES DE OLIVEIRA, SERGIO RICARDO COLONELLO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_iniciativa_da_camara_no_08.2023_-_altera_diarias_do_prefeito_vice_e_secretarios.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_iniciativa_da_camara_no_08.2023_-_altera_diarias_do_prefeito_vice_e_secretarios.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº_x000D_
 08/2023, de Autoria do Poder Legislativo Municipal – “ALTERA-SE O ANEXO I –_x000D_
 TABELA DE VALORES DE DIÁRIAS DE VIAGEM, DA LEI Nº 1.577/2019.”</t>
   </si>
   <si>
     <t>ARGEMIRO GARCIA JÚNIOR, PAULO HENRIQUE NEVES DE OLIVEIRA, SERGIO RICARDO COLONELLO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_lei_iniciativa_da_camara_no_09.2023_-_altera_diarias_dos_assessores_e_demais_servidores.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_lei_iniciativa_da_camara_no_09.2023_-_altera_diarias_dos_assessores_e_demais_servidores.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº_x000D_
 09/2023, de Autoria do Poder Legislativo Municipal – “ALTERA-SE O ANEXO I –_x000D_
 TABELA DE VALORES DE DIÁRIAS DE VIAGEM, DA LEI Nº 1.574/2019.”</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/287/pr20901.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/287/pr20901.doc</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem encaminham para apreciação e deliberação o Projeto de Lei nº 10/2023, de autoria do Poder Legislativo Municipal que visa corrigir informação/dados (erro material) constante do artigo 1º da Lei 1.629/2020 de 06 de outubro de 2020, para ajustar o número da Data de Terras, Quadra, Jardim, área total em metros quadrados e número da Matrícula que recebeu a denominação “Centro Esportivo José Mauro Giorgetti”.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei_iniciativa_da_camara_no_011.2023_-_denominacao_estrada_cedrinho.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei_iniciativa_da_camara_no_011.2023_-_denominacao_estrada_cedrinho.pdf</t>
   </si>
   <si>
     <t>Nobres Vereadores,_x000D_
 Os Vereadores que abaixo subscrevem encaminham para apreciação e_x000D_
 deliberação o Projeto de Lei nº 011/2023, de autoria do Poder Legislativo Municipal, que denomina_x000D_
 logradouro público na forma que especifica._x000D_
 A proposta está amparado pelo art. 16, inciso V, da Lei Orgânica Municipal, que_x000D_
 assim dispõe:_x000D_
 Art. 16. Cabe a Câmara, com a sanção do Prefeito, dispor sobre matérias de_x000D_
 interesse local, especialmente as definidas nos artigos 9º, 10º e 11 desta Lei_x000D_
 Orgânica, como:_x000D_
 V- denominação de próprios, vias e logradouros, inclusive nos distritos;</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/282/projet2.doc</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/282/projet2.doc</t>
   </si>
   <si>
     <t>SÚMULA: DISPÕE SOBRE A APROVAÇÃO DO PARECER PRÉVIO EMITIDO PELO TRIBUNAL DE CONTAS DO ESTADO DO PARANÁ ACERCA DAS CONTAS DO PODER EXECUTIVO MUNICIPAL RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2021.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/43/projeto_de_decreto_legislativo_no_02.2023_-_aprovacao_parecer_previo_tce_executivo_2020.pdf</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/43/projeto_de_decreto_legislativo_no_02.2023_-_aprovacao_parecer_previo_tce_executivo_2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DO_x000D_
 PARECER PRÉVIO EMITIDO PELO TRIBUNAL DE_x000D_
 CONTAS DO ESTADO DO PARANÁ ACERCA DAS_x000D_
 CONTAS DO PODER EXECUTIVO MUNICIPAL_x000D_
 RELATIVAS AO EXERCÍCIO FINANCEIRO DE 2020.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>PLCL</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Poder Legislativo</t>
   </si>
   <si>
     <t>AMARILDO APARECIDO BOVO</t>
   </si>
   <si>
-    <t>https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei_complementar_01.2023_-_parcelamento_itbi_-_argemiro.docx</t>
+    <t>http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei_complementar_01.2023_-_parcelamento_itbi_-_argemiro.docx</t>
   </si>
   <si>
     <t>“Dispõe sobre o pagamento parcelado do Imposto sobre a Transmissão de Bens Imóveis - ITBI no Município de Terra Boa e dá outras providências.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1539,68 +1539,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/2/organograma_camara_terra_boa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_025.2023_-_valdeci_-_bebedouro_pracas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_026.2023_-_colonello_-_feira_noturna_-_praca_santos_dumont.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_006.2023_-sergio_colonello_faixa_elevada-_congregacao_do_brasil_-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_007.2023_-pequeno_-_remissao_tributaria_-_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_009.2023_-_bigode_-_redutor_de_velocidade-_rua_maraba_-2023.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_011.2023_-_fabio__-_sseguranca_nas_escolas_-_2023.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_012.2023_-_sergio_colonello_-_faixa_elevada-2023.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_013.2023_-_colonello_-_brinquedos_para_criancas_com__deficiencia_-2023.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_014.2023_-_pedro_neto_-_manutencao_de_academias_de_ti_-_substituicao_de_bandeira_e_palmeira1.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_015.2023_-_paulo_henrique_-_fogo_sem_som_-2023.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_016.2023_-_colonello_apoio_capoeira-aulas.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_017.2023_-_sergio_colonello_faixa_elevada_jardim_serra_oasis_e_outros-2023.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_018.2023-_projeto_de_reciclagem_desenvolvido_pela_professora_fran-2023-todos_ver..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_019.2023_-_fabiano_-_presidente_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_020.2023_-_fabiano_-_presidente_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_021.2023_-_fabio_-_copos_descartaveis_por_biodegradaveis.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_022.2023_-_valdeci_-_redutor_de_velocidade1.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_023.2023_-_fabiano_-_presidente_-_ampliacao_e_refeitorio_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_025.2023_-_valdeci_-_bebedouro_pracas.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_027.2023_-_colonello_-_melhorias_entroncamento_rua_marialva_rui_barbosa_e_teruo_sakuno.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_028.2023_-_paulo_henrique_neves_de_oliveira_-_permutas_com_cedidos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_029.2023_-_paulo_henrique_neves_de_oliveira_-_carga_horaria_-_enfermeiros_e_tecnicos_-_jornada_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_030.2023_-_wilson_wanderlei_esposto_-_redutor_de_velocidade_rua_terra_boa_malu.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_031.2023_-_argemiro_garcia_junior_-_repasse_ace_e_acs_-_incentivo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_032.2023_-_argemiro_garcia_junior_-_recape_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_033.2023_-_paulo_henrique_neves_de_oliveira_-_combate_a_obesidade.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_034.2023_-_paulo_henrique_neves_de_oliveira_-_programa_menos_dez.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_035.2023_-_paulo_henrique_neves_de_oliveira_-_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_036.2023_-_fabiano_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_037.2023_-_fabiano_-_presidente_-_cobertura_de_protecao_ubs.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/280/mocao_de_agradecimento_no_01.2023_-_ao_dr._vinicius_-_advogado5.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/13/06._mocao_06.2023_-_apoio_-_contra_aborto.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/40/07._mocao_07.2023_-_repudio_-_wilson_-_proj_lei_824.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/3/mocao_-_em_memoria_de_nelson_dalle_molle_-_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/53/08._mocao_08.2023_-_congratulacoes_e_aplausos_-_equipe_de_futsal.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei____001____2023_-_recomposicao_anual_vencimentos_dos_servidores_publicos_-_2023.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_-__002_-_2023_-_altera_o_artigo_1o_-_auxilio_alimentacao_-2023.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei__-_004_-_2023_-repasse_contribuicao_financeira_-_prestadores_de_servicos_sus_-_2023.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_-__005_-_2023_-cmdca_terra_boa_ii_-_2023_correto_aleterado_artigo_9o_pagina_03.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/309/projeto_de_lei_-__006_-_2023_-altera_o_paragrafo_1o_do_art_1o_da_lei_1737-2022_-transporte_coletiv.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_de_lei__-_007_-_2023_-altera_o_art_1o_-_auxilio_financeiro_asilo_-2023.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/311/projeto_de_lei__-_008_-_2023_-altera_o_art_2o_-_taxa_de_coleta_de_lixo-2023.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_de_lei_-__009_-_2023__altera_o_paragrafo_2o__art_51__tab._anexo_iv__lei_1725-2022-gratificacao.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/314/011_-_gratificacao_de_atividade_especial_dos_enfermeiros_-_oontologos_e_auxiliares_saude_bucal4.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/315/projeto_de_lei_-__012_-2023__credito_especial_86.19260_laboratorios-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/316/projeto_de_lei_-__013_-_2023__alteram-se_os_anexos_ii_e_iv_ambos_da_lei_n.o_9662008_23_de_dezembro.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/317/projeto_de_lei_-__015_-_2023_-regulamenta_o_regime_de_tempo_integral_e_dedicacao_exclusiva_-_tide4.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/318/projeto_de_lei_no016-2023_-_autoriza_a_permuta_de_imoveis_die.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/12/019_-_projeto_de_lei_019-2023_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/15/019_-_projeto_de_lei_019-2023_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/44/021_proj_de_lei_-_autoriza_a_criar_area_de_zeis_-_lotes_221-c_e_221-d-1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/68/022_proj_de_lei_-_aumenta_numero_de_vagas_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/55/023_proj_de_lei_-_autoriza_a_alienacao_de_imoveis_urbanos_-_fundo_previdencia_municipal.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_lei_complementar_01.2023_-_parcelamento_itbi_-_argemiro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/35/005_proj_lei_complementar_-_altera_a_tabela_ii_-_do_codigo_de_uso_e_ocupacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/41/005_proj_lei_complementar_-_altera_a_tabela_ii_-_do_codigo_de_uso_e_ocupacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/36/006_proj_de_lei_complementar_-_acrescenta_o_paragrafo_3o_no_art_169_-_lc_7-2011.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/37/007_proj_de_lei_complementar_-_altera_par_3o_do_art_52_-_lc_06-2011.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/38/008_proj_de_lei_complementar_-_altera_par_3o_do_art_35_-_lc_03-2011_2.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/52/009_proj_de_lei_complementar_-_autoriza_a_criar_area_de_zeis_-_lotes_221-c_e_221-d-1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_resolucao_iniciativa_da_camara_no_01.2023_-_altera_resolucao_das_diarias_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/289/requerimento_002_-_2023_-_salario_prefeito_e_vice_prefeito-2023.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/290/requerimento_003_-_2023_-_reajuste_enfermeiros_tecnicos_de_enfermagem_e_auxiliares3.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/291/requerimento_005_-_2023_-_sao_indispensaveis_para_analise_do_referido_projeto_de_lei_os_documentos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/293/requerimento_006_-_2023_-_mocao_pesar-1.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_007_-_2023_-_copel.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_008_-_2023_-_argemiro_-_repasse_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/34/requerimento_009_-_2023_-_argemiro_-_divulgacao_da_pauta.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/39/requerimento_010_-_2023_-_hique_-_vale_alimentacao_gestantes.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_011_-_2023_-_fabiano_macedo_cardoso_-_5g.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/56/requerimento_012_-_2023_-_arrecadado_com_a_taxa_de_coleta_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/283/projet3.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/284/projet4.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_iniciativa_da_camara_no_03.2023_-_reajuste_auxilio_alimentacao_-2023.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_iniciativa_da_camara_no_04.2023_-_denominacao_praca.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_iniciativa_da_camara_no_05.2023_-_fixa_subsidios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_iniciativa_da_camara_no_06.2023_-_fixa_subsidios_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_iniciativa_da_camara_no_07.2023_-_altera_diarias_dos_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_iniciativa_da_camara_no_08.2023_-_altera_diarias_do_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_lei_iniciativa_da_camara_no_09.2023_-_altera_diarias_dos_assessores_e_demais_servidores.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/287/pr20901.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei_iniciativa_da_camara_no_011.2023_-_denominacao_estrada_cedrinho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/282/projet2.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/43/projeto_de_decreto_legislativo_no_02.2023_-_aprovacao_parecer_previo_tce_executivo_2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei_complementar_01.2023_-_parcelamento_itbi_-_argemiro.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/2/organograma_camara_terra_boa.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/9/indicacao_025.2023_-_valdeci_-_bebedouro_pracas.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/10/indicacao_026.2023_-_colonello_-_feira_noturna_-_praca_santos_dumont.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/197/indicacao_006.2023_-sergio_colonello_faixa_elevada-_congregacao_do_brasil_-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/199/indicacao_007.2023_-pequeno_-_remissao_tributaria_-_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/202/indicacao_009.2023_-_bigode_-_redutor_de_velocidade-_rua_maraba_-2023.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/207/indicacao_011.2023_-_fabio__-_sseguranca_nas_escolas_-_2023.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/209/indicacao_012.2023_-_sergio_colonello_-_faixa_elevada-2023.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/211/indicacao_013.2023_-_colonello_-_brinquedos_para_criancas_com__deficiencia_-2023.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/213/indicacao_014.2023_-_pedro_neto_-_manutencao_de_academias_de_ti_-_substituicao_de_bandeira_e_palmeira1.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/217/indicacao_015.2023_-_paulo_henrique_-_fogo_sem_som_-2023.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/218/indicacao_016.2023_-_colonello_apoio_capoeira-aulas.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/219/indicacao_017.2023_-_sergio_colonello_faixa_elevada_jardim_serra_oasis_e_outros-2023.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/220/indicacao_018.2023-_projeto_de_reciclagem_desenvolvido_pela_professora_fran-2023-todos_ver..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/221/indicacao_019.2023_-_fabiano_-_presidente_-_faixa_elevada.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/223/indicacao_020.2023_-_fabiano_-_presidente_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/225/indicacao_021.2023_-_fabio_-_copos_descartaveis_por_biodegradaveis.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/227/indicacao_022.2023_-_valdeci_-_redutor_de_velocidade1.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/228/indicacao_023.2023_-_fabiano_-_presidente_-_ampliacao_e_refeitorio_capela_mortuaria.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/230/indicacao_025.2023_-_valdeci_-_bebedouro_pracas.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/16/indicacao_027.2023_-_colonello_-_melhorias_entroncamento_rua_marialva_rui_barbosa_e_teruo_sakuno.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/26/indicacao_028.2023_-_paulo_henrique_neves_de_oliveira_-_permutas_com_cedidos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/27/indicacao_029.2023_-_paulo_henrique_neves_de_oliveira_-_carga_horaria_-_enfermeiros_e_tecnicos_-_jornada_de_trabalho.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/28/indicacao_030.2023_-_wilson_wanderlei_esposto_-_redutor_de_velocidade_rua_terra_boa_malu.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/29/indicacao_031.2023_-_argemiro_garcia_junior_-_repasse_ace_e_acs_-_incentivo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/30/indicacao_032.2023_-_argemiro_garcia_junior_-_recape_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/31/indicacao_033.2023_-_paulo_henrique_neves_de_oliveira_-_combate_a_obesidade.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/32/indicacao_034.2023_-_paulo_henrique_neves_de_oliveira_-_programa_menos_dez.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/33/indicacao_035.2023_-_paulo_henrique_neves_de_oliveira_-_material_escolar.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/42/indicacao_036.2023_-_fabiano_-_redutor_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/45/indicacao_037.2023_-_fabiano_-_presidente_-_cobertura_de_protecao_ubs.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/280/mocao_de_agradecimento_no_01.2023_-_ao_dr._vinicius_-_advogado5.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/13/06._mocao_06.2023_-_apoio_-_contra_aborto.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/40/07._mocao_07.2023_-_repudio_-_wilson_-_proj_lei_824.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/3/mocao_-_em_memoria_de_nelson_dalle_molle_-_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/53/08._mocao_08.2023_-_congratulacoes_e_aplausos_-_equipe_de_futsal.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/304/projeto_de_lei____001____2023_-_recomposicao_anual_vencimentos_dos_servidores_publicos_-_2023.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/305/projeto_de_lei_-__002_-_2023_-_altera_o_artigo_1o_-_auxilio_alimentacao_-2023.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/307/projeto_de_lei__-_004_-_2023_-repasse_contribuicao_financeira_-_prestadores_de_servicos_sus_-_2023.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/308/projeto_de_lei_-__005_-_2023_-cmdca_terra_boa_ii_-_2023_correto_aleterado_artigo_9o_pagina_03.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/309/projeto_de_lei_-__006_-_2023_-altera_o_paragrafo_1o_do_art_1o_da_lei_1737-2022_-transporte_coletiv.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/310/projeto_de_lei__-_007_-_2023_-altera_o_art_1o_-_auxilio_financeiro_asilo_-2023.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/311/projeto_de_lei__-_008_-_2023_-altera_o_art_2o_-_taxa_de_coleta_de_lixo-2023.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/312/projeto_de_lei_-__009_-_2023__altera_o_paragrafo_2o__art_51__tab._anexo_iv__lei_1725-2022-gratificacao.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/314/011_-_gratificacao_de_atividade_especial_dos_enfermeiros_-_oontologos_e_auxiliares_saude_bucal4.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/315/projeto_de_lei_-__012_-2023__credito_especial_86.19260_laboratorios-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/316/projeto_de_lei_-__013_-_2023__alteram-se_os_anexos_ii_e_iv_ambos_da_lei_n.o_9662008_23_de_dezembro.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/317/projeto_de_lei_-__015_-_2023_-regulamenta_o_regime_de_tempo_integral_e_dedicacao_exclusiva_-_tide4.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/318/projeto_de_lei_no016-2023_-_autoriza_a_permuta_de_imoveis_die.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/12/019_-_projeto_de_lei_019-2023_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/15/019_-_projeto_de_lei_019-2023_-_loa_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/44/021_proj_de_lei_-_autoriza_a_criar_area_de_zeis_-_lotes_221-c_e_221-d-1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/68/022_proj_de_lei_-_aumenta_numero_de_vagas_assistente_social.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/55/023_proj_de_lei_-_autoriza_a_alienacao_de_imoveis_urbanos_-_fundo_previdencia_municipal.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_lei_complementar_01.2023_-_parcelamento_itbi_-_argemiro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/35/005_proj_lei_complementar_-_altera_a_tabela_ii_-_do_codigo_de_uso_e_ocupacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/41/005_proj_lei_complementar_-_altera_a_tabela_ii_-_do_codigo_de_uso_e_ocupacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/36/006_proj_de_lei_complementar_-_acrescenta_o_paragrafo_3o_no_art_169_-_lc_7-2011.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/37/007_proj_de_lei_complementar_-_altera_par_3o_do_art_52_-_lc_06-2011.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/38/008_proj_de_lei_complementar_-_altera_par_3o_do_art_35_-_lc_03-2011_2.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/52/009_proj_de_lei_complementar_-_autoriza_a_criar_area_de_zeis_-_lotes_221-c_e_221-d-1.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_resolucao_iniciativa_da_camara_no_01.2023_-_altera_resolucao_das_diarias_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/289/requerimento_002_-_2023_-_salario_prefeito_e_vice_prefeito-2023.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/290/requerimento_003_-_2023_-_reajuste_enfermeiros_tecnicos_de_enfermagem_e_auxiliares3.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/291/requerimento_005_-_2023_-_sao_indispensaveis_para_analise_do_referido_projeto_de_lei_os_documentos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/293/requerimento_006_-_2023_-_mocao_pesar-1.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/8/requerimento_007_-_2023_-_copel.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/11/requerimento_008_-_2023_-_argemiro_-_repasse_previne_brasil.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/34/requerimento_009_-_2023_-_argemiro_-_divulgacao_da_pauta.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/39/requerimento_010_-_2023_-_hique_-_vale_alimentacao_gestantes.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_011_-_2023_-_fabiano_macedo_cardoso_-_5g.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/56/requerimento_012_-_2023_-_arrecadado_com_a_taxa_de_coleta_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/283/projet3.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/284/projet4.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/285/projeto_de_lei_iniciativa_da_camara_no_03.2023_-_reajuste_auxilio_alimentacao_-2023.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/286/projeto_de_lei_iniciativa_da_camara_no_04.2023_-_denominacao_praca.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_iniciativa_da_camara_no_05.2023_-_fixa_subsidios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_iniciativa_da_camara_no_06.2023_-_fixa_subsidios_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_iniciativa_da_camara_no_07.2023_-_altera_diarias_dos_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_iniciativa_da_camara_no_08.2023_-_altera_diarias_do_prefeito_vice_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_lei_iniciativa_da_camara_no_09.2023_-_altera_diarias_dos_assessores_e_demais_servidores.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/287/pr20901.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/54/projeto_de_lei_iniciativa_da_camara_no_011.2023_-_denominacao_estrada_cedrinho.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/282/projet2.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/43/projeto_de_decreto_legislativo_no_02.2023_-_aprovacao_parecer_previo_tce_executivo_2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.terraboa.pr.leg.br/media/sapl/public/materialegislativa/2023/281/projeto_de_lei_complementar_01.2023_-_parcelamento_itbi_-_argemiro.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="42.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="236.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="184.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="183.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>